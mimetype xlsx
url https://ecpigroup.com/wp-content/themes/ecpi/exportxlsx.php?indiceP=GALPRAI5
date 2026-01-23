--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPRAI5_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3259">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>19/07/2013</t>
   </si>
   <si>
     <t>22/07/2013</t>
   </si>
   <si>
     <t>23/07/2013</t>
   </si>
   <si>
     <t>24/07/2013</t>
   </si>
   <si>
     <t>25/07/2013</t>
   </si>
   <si>
     <t>26/07/2013</t>
   </si>
   <si>
@@ -9602,50 +9602,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -9675,50 +9690,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -10044,51 +10158,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B3220"/>
+  <dimension ref="A1:B3258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>586.484</v>
@@ -35589,275 +35703,579 @@
       <c r="B3189" s="2">
         <v>2217.336</v>
       </c>
     </row>
     <row r="3190" spans="1:2">
       <c r="A3190" s="1" t="s">
         <v>3190</v>
       </c>
       <c r="B3190" s="2">
         <v>2213.675</v>
       </c>
     </row>
     <row r="3191" spans="1:2">
       <c r="A3191" s="1" t="s">
         <v>3191</v>
       </c>
       <c r="B3191" s="2">
         <v>2212.562</v>
       </c>
     </row>
     <row r="3192" spans="1:2">
       <c r="A3192" s="1" t="s">
         <v>3192</v>
       </c>
       <c r="B3192" s="2">
-        <v>2261.374</v>
+        <v>2261.375</v>
       </c>
     </row>
     <row r="3193" spans="1:2">
       <c r="A3193" s="1" t="s">
         <v>3193</v>
       </c>
       <c r="B3193" s="2">
         <v>2276.849</v>
       </c>
     </row>
     <row r="3194" spans="1:2">
       <c r="A3194" s="1" t="s">
         <v>3194</v>
       </c>
       <c r="B3194" s="2">
-        <v>2260.134</v>
+        <v>2260.135</v>
       </c>
     </row>
     <row r="3195" spans="1:2">
       <c r="A3195" s="1" t="s">
         <v>3195</v>
       </c>
       <c r="B3195" s="2">
         <v>2272.728</v>
       </c>
     </row>
     <row r="3196" spans="1:2">
       <c r="A3196" s="1" t="s">
         <v>3196</v>
       </c>
       <c r="B3196" s="2">
-        <v>2312.168</v>
+        <v>2282.843</v>
       </c>
     </row>
     <row r="3197" spans="1:2">
       <c r="A3197" s="1" t="s">
         <v>3197</v>
       </c>
       <c r="B3197" s="2">
-        <v>2319.506</v>
+        <v>2313.708</v>
       </c>
     </row>
     <row r="3198" spans="1:2">
       <c r="A3198" s="1" t="s">
         <v>3198</v>
       </c>
       <c r="B3198" s="2">
-        <v>2285.322</v>
+        <v>2297.551</v>
       </c>
     </row>
     <row r="3199" spans="1:2">
       <c r="A3199" s="1" t="s">
         <v>3199</v>
       </c>
       <c r="B3199" s="2">
-        <v>2295.405</v>
+        <v>2305.468</v>
       </c>
     </row>
     <row r="3200" spans="1:2">
       <c r="A3200" s="1" t="s">
         <v>3200</v>
       </c>
       <c r="B3200" s="2">
-        <v>2256.378</v>
+        <v>2298.733</v>
       </c>
     </row>
     <row r="3201" spans="1:2">
       <c r="A3201" s="1" t="s">
         <v>3201</v>
       </c>
       <c r="B3201" s="2">
-        <v>2235.559</v>
+        <v>2312.168</v>
       </c>
     </row>
     <row r="3202" spans="1:2">
       <c r="A3202" s="1" t="s">
         <v>3202</v>
       </c>
       <c r="B3202" s="2">
-        <v>2276.584</v>
+        <v>2319.506</v>
       </c>
     </row>
     <row r="3203" spans="1:2">
       <c r="A3203" s="1" t="s">
         <v>3203</v>
       </c>
       <c r="B3203" s="2">
-        <v>2262.883</v>
+        <v>2285.322</v>
       </c>
     </row>
     <row r="3204" spans="1:2">
       <c r="A3204" s="1" t="s">
         <v>3204</v>
       </c>
       <c r="B3204" s="2">
-        <v>2269.959</v>
+        <v>2295.405</v>
       </c>
     </row>
     <row r="3205" spans="1:2">
       <c r="A3205" s="1" t="s">
         <v>3205</v>
       </c>
       <c r="B3205" s="2">
-        <v>2222.215</v>
+        <v>2256.378</v>
       </c>
     </row>
     <row r="3206" spans="1:2">
       <c r="A3206" s="1" t="s">
         <v>3206</v>
       </c>
       <c r="B3206" s="2">
-        <v>2218.773</v>
+        <v>2235.559</v>
       </c>
     </row>
     <row r="3207" spans="1:2">
       <c r="A3207" s="1" t="s">
         <v>3207</v>
       </c>
       <c r="B3207" s="2">
-        <v>2190.297</v>
+        <v>2276.584</v>
       </c>
     </row>
     <row r="3208" spans="1:2">
       <c r="A3208" s="1" t="s">
         <v>3208</v>
       </c>
       <c r="B3208" s="2">
-        <v>2152.154</v>
+        <v>2262.883</v>
       </c>
     </row>
     <row r="3209" spans="1:2">
       <c r="A3209" s="1" t="s">
         <v>3209</v>
       </c>
       <c r="B3209" s="2">
-        <v>2168.467</v>
+        <v>2269.959</v>
       </c>
     </row>
     <row r="3210" spans="1:2">
       <c r="A3210" s="1" t="s">
         <v>3210</v>
       </c>
       <c r="B3210" s="2">
-        <v>2131.73</v>
+        <v>2222.215</v>
       </c>
     </row>
     <row r="3211" spans="1:2">
       <c r="A3211" s="1" t="s">
         <v>3211</v>
       </c>
       <c r="B3211" s="2">
-        <v>2148.12</v>
+        <v>2218.773</v>
       </c>
     </row>
     <row r="3212" spans="1:2">
       <c r="A3212" s="1" t="s">
         <v>3212</v>
       </c>
       <c r="B3212" s="2">
-        <v>2182.605</v>
+        <v>2190.297</v>
       </c>
     </row>
     <row r="3213" spans="1:2">
       <c r="A3213" s="1" t="s">
         <v>3213</v>
       </c>
       <c r="B3213" s="2">
-        <v>2202.462</v>
+        <v>2152.154</v>
       </c>
     </row>
     <row r="3214" spans="1:2">
       <c r="A3214" s="1" t="s">
         <v>3214</v>
       </c>
       <c r="B3214" s="2">
-        <v>2213.493</v>
+        <v>2168.467</v>
       </c>
     </row>
     <row r="3215" spans="1:2">
       <c r="A3215" s="1" t="s">
         <v>3215</v>
       </c>
       <c r="B3215" s="2">
-        <v>2216.209</v>
+        <v>2131.73</v>
       </c>
     </row>
     <row r="3216" spans="1:2">
       <c r="A3216" s="1" t="s">
         <v>3216</v>
       </c>
       <c r="B3216" s="2">
-        <v>2239.341</v>
+        <v>2148.12</v>
       </c>
     </row>
     <row r="3217" spans="1:2">
       <c r="A3217" s="1" t="s">
         <v>3217</v>
       </c>
       <c r="B3217" s="2">
-        <v>2225.731</v>
+        <v>2182.605</v>
       </c>
     </row>
     <row r="3218" spans="1:2">
       <c r="A3218" s="1" t="s">
         <v>3218</v>
       </c>
       <c r="B3218" s="2">
-        <v>2253.228</v>
+        <v>2202.462</v>
       </c>
     </row>
     <row r="3219" spans="1:2">
       <c r="A3219" s="1" t="s">
         <v>3219</v>
       </c>
       <c r="B3219" s="2">
-        <v>2265.025</v>
+        <v>2213.493</v>
       </c>
     </row>
     <row r="3220" spans="1:2">
       <c r="A3220" s="1" t="s">
         <v>3220</v>
       </c>
       <c r="B3220" s="2">
+        <v>2216.209</v>
+      </c>
+    </row>
+    <row r="3221" spans="1:2">
+      <c r="A3221" s="1" t="s">
+        <v>3221</v>
+      </c>
+      <c r="B3221" s="2">
+        <v>2239.341</v>
+      </c>
+    </row>
+    <row r="3222" spans="1:2">
+      <c r="A3222" s="1" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B3222" s="2">
+        <v>2225.732</v>
+      </c>
+    </row>
+    <row r="3223" spans="1:2">
+      <c r="A3223" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B3223" s="2">
+        <v>2253.229</v>
+      </c>
+    </row>
+    <row r="3224" spans="1:2">
+      <c r="A3224" s="1" t="s">
+        <v>3224</v>
+      </c>
+      <c r="B3224" s="2">
+        <v>2265.025</v>
+      </c>
+    </row>
+    <row r="3225" spans="1:2">
+      <c r="A3225" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B3225" s="2">
         <v>2281.782</v>
+      </c>
+    </row>
+    <row r="3226" spans="1:2">
+      <c r="A3226" s="1" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B3226" s="2">
+        <v>2295.869</v>
+      </c>
+    </row>
+    <row r="3227" spans="1:2">
+      <c r="A3227" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B3227" s="2">
+        <v>2293.438</v>
+      </c>
+    </row>
+    <row r="3228" spans="1:2">
+      <c r="A3228" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B3228" s="2">
+        <v>2293.309</v>
+      </c>
+    </row>
+    <row r="3229" spans="1:2">
+      <c r="A3229" s="1" t="s">
+        <v>3229</v>
+      </c>
+      <c r="B3229" s="2">
+        <v>2318.597</v>
+      </c>
+    </row>
+    <row r="3230" spans="1:2">
+      <c r="A3230" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B3230" s="2">
+        <v>2295.113</v>
+      </c>
+    </row>
+    <row r="3231" spans="1:2">
+      <c r="A3231" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B3231" s="2">
+        <v>2257.875</v>
+      </c>
+    </row>
+    <row r="3232" spans="1:2">
+      <c r="A3232" s="1" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B3232" s="2">
+        <v>2240.265</v>
+      </c>
+    </row>
+    <row r="3233" spans="1:2">
+      <c r="A3233" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="B3233" s="2">
+        <v>2226.124</v>
+      </c>
+    </row>
+    <row r="3234" spans="1:2">
+      <c r="A3234" s="1" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B3234" s="2">
+        <v>2192.772</v>
+      </c>
+    </row>
+    <row r="3235" spans="1:2">
+      <c r="A3235" s="1" t="s">
+        <v>3235</v>
+      </c>
+      <c r="B3235" s="2">
+        <v>2220.877</v>
+      </c>
+    </row>
+    <row r="3236" spans="1:2">
+      <c r="A3236" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B3236" s="2">
+        <v>2245.12</v>
+      </c>
+    </row>
+    <row r="3237" spans="1:2">
+      <c r="A3237" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B3237" s="2">
+        <v>2261.592</v>
+      </c>
+    </row>
+    <row r="3238" spans="1:2">
+      <c r="A3238" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B3238" s="2">
+        <v>2259.916</v>
+      </c>
+    </row>
+    <row r="3239" spans="1:2">
+      <c r="A3239" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B3239" s="2">
+        <v>2266.381</v>
+      </c>
+    </row>
+    <row r="3240" spans="1:2">
+      <c r="A3240" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B3240" s="2">
+        <v>2266.887</v>
+      </c>
+    </row>
+    <row r="3241" spans="1:2">
+      <c r="A3241" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="B3241" s="2">
+        <v>2269.702</v>
+      </c>
+    </row>
+    <row r="3242" spans="1:2">
+      <c r="A3242" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B3242" s="2">
+        <v>2268.522</v>
+      </c>
+    </row>
+    <row r="3243" spans="1:2">
+      <c r="A3243" s="1" t="s">
+        <v>3243</v>
+      </c>
+      <c r="B3243" s="2">
+        <v>2252.047</v>
+      </c>
+    </row>
+    <row r="3244" spans="1:2">
+      <c r="A3244" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B3244" s="2">
+        <v>2269.165</v>
+      </c>
+    </row>
+    <row r="3245" spans="1:2">
+      <c r="A3245" s="1" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B3245" s="2">
+        <v>2306.256</v>
+      </c>
+    </row>
+    <row r="3246" spans="1:2">
+      <c r="A3246" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B3246" s="2">
+        <v>2353.769</v>
+      </c>
+    </row>
+    <row r="3247" spans="1:2">
+      <c r="A3247" s="1" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B3247" s="2">
+        <v>2353.957</v>
+      </c>
+    </row>
+    <row r="3248" spans="1:2">
+      <c r="A3248" s="1" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B3248" s="2">
+        <v>2323.744</v>
+      </c>
+    </row>
+    <row r="3249" spans="1:2">
+      <c r="A3249" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B3249" s="2">
+        <v>2362.512</v>
+      </c>
+    </row>
+    <row r="3250" spans="1:2">
+      <c r="A3250" s="1" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B3250" s="2">
+        <v>2354.836</v>
+      </c>
+    </row>
+    <row r="3251" spans="1:2">
+      <c r="A3251" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B3251" s="2">
+        <v>2366.3</v>
+      </c>
+    </row>
+    <row r="3252" spans="1:2">
+      <c r="A3252" s="1" t="s">
+        <v>3252</v>
+      </c>
+      <c r="B3252" s="2">
+        <v>2357.926</v>
+      </c>
+    </row>
+    <row r="3253" spans="1:2">
+      <c r="A3253" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="B3253" s="2">
+        <v>2373.895</v>
+      </c>
+    </row>
+    <row r="3254" spans="1:2">
+      <c r="A3254" s="1" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B3254" s="2">
+        <v>2383.499</v>
+      </c>
+    </row>
+    <row r="3255" spans="1:2">
+      <c r="A3255" s="1" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B3255" s="2">
+        <v>2368.339</v>
+      </c>
+    </row>
+    <row r="3256" spans="1:2">
+      <c r="A3256" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B3256" s="2">
+        <v>2314.278</v>
+      </c>
+    </row>
+    <row r="3257" spans="1:2">
+      <c r="A3257" s="1" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B3257" s="2">
+        <v>2345.236</v>
+      </c>
+    </row>
+    <row r="3258" spans="1:2">
+      <c r="A3258" s="1" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B3258" s="2">
+        <v>2364.81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">