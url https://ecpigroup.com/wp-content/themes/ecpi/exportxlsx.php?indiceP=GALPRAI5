--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPRAI5_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3295">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>19/07/2013</t>
   </si>
   <si>
     <t>22/07/2013</t>
   </si>
   <si>
     <t>23/07/2013</t>
   </si>
   <si>
     <t>24/07/2013</t>
   </si>
   <si>
     <t>25/07/2013</t>
   </si>
   <si>
     <t>26/07/2013</t>
   </si>
   <si>
@@ -9789,50 +9789,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -10158,51 +10266,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B3258"/>
+  <dimension ref="A1:B3294"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>586.484</v>
@@ -36232,50 +36340,338 @@
         <v>2368.339</v>
       </c>
     </row>
     <row r="3256" spans="1:2">
       <c r="A3256" s="1" t="s">
         <v>3256</v>
       </c>
       <c r="B3256" s="2">
         <v>2314.278</v>
       </c>
     </row>
     <row r="3257" spans="1:2">
       <c r="A3257" s="1" t="s">
         <v>3257</v>
       </c>
       <c r="B3257" s="2">
         <v>2345.236</v>
       </c>
     </row>
     <row r="3258" spans="1:2">
       <c r="A3258" s="1" t="s">
         <v>3258</v>
       </c>
       <c r="B3258" s="2">
         <v>2364.81</v>
+      </c>
+    </row>
+    <row r="3259" spans="1:2">
+      <c r="A3259" s="1" t="s">
+        <v>3259</v>
+      </c>
+      <c r="B3259" s="2">
+        <v>2350.095</v>
+      </c>
+    </row>
+    <row r="3260" spans="1:2">
+      <c r="A3260" s="1" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B3260" s="2">
+        <v>2332.141</v>
+      </c>
+    </row>
+    <row r="3261" spans="1:2">
+      <c r="A3261" s="1" t="s">
+        <v>3261</v>
+      </c>
+      <c r="B3261" s="2">
+        <v>2335.516</v>
+      </c>
+    </row>
+    <row r="3262" spans="1:2">
+      <c r="A3262" s="1" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B3262" s="2">
+        <v>2349.39</v>
+      </c>
+    </row>
+    <row r="3263" spans="1:2">
+      <c r="A3263" s="1" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B3263" s="2">
+        <v>2330.671</v>
+      </c>
+    </row>
+    <row r="3264" spans="1:2">
+      <c r="A3264" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B3264" s="2">
+        <v>2312.945</v>
+      </c>
+    </row>
+    <row r="3265" spans="1:2">
+      <c r="A3265" s="1" t="s">
+        <v>3265</v>
+      </c>
+      <c r="B3265" s="2">
+        <v>2342.18</v>
+      </c>
+    </row>
+    <row r="3266" spans="1:2">
+      <c r="A3266" s="1" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B3266" s="2">
+        <v>2305.199</v>
+      </c>
+    </row>
+    <row r="3267" spans="1:2">
+      <c r="A3267" s="1" t="s">
+        <v>3267</v>
+      </c>
+      <c r="B3267" s="2">
+        <v>2297.067</v>
+      </c>
+    </row>
+    <row r="3268" spans="1:2">
+      <c r="A3268" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="B3268" s="2">
+        <v>2266.289</v>
+      </c>
+    </row>
+    <row r="3269" spans="1:2">
+      <c r="A3269" s="1" t="s">
+        <v>3269</v>
+      </c>
+      <c r="B3269" s="2">
+        <v>2304.355</v>
+      </c>
+    </row>
+    <row r="3270" spans="1:2">
+      <c r="A3270" s="1" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B3270" s="2">
+        <v>2323.857</v>
+      </c>
+    </row>
+    <row r="3271" spans="1:2">
+      <c r="A3271" s="1" t="s">
+        <v>3271</v>
+      </c>
+      <c r="B3271" s="2">
+        <v>2336.989</v>
+      </c>
+    </row>
+    <row r="3272" spans="1:2">
+      <c r="A3272" s="1" t="s">
+        <v>3272</v>
+      </c>
+      <c r="B3272" s="2">
+        <v>2352.281</v>
+      </c>
+    </row>
+    <row r="3273" spans="1:2">
+      <c r="A3273" s="1" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B3273" s="2">
+        <v>2311.466</v>
+      </c>
+    </row>
+    <row r="3274" spans="1:2">
+      <c r="A3274" s="1" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B3274" s="2">
+        <v>2326.802</v>
+      </c>
+    </row>
+    <row r="3275" spans="1:2">
+      <c r="A3275" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="B3275" s="2">
+        <v>2326.843</v>
+      </c>
+    </row>
+    <row r="3276" spans="1:2">
+      <c r="A3276" s="1" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B3276" s="2">
+        <v>2330.628</v>
+      </c>
+    </row>
+    <row r="3277" spans="1:2">
+      <c r="A3277" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="B3277" s="2">
+        <v>2351.947</v>
+      </c>
+    </row>
+    <row r="3278" spans="1:2">
+      <c r="A3278" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B3278" s="2">
+        <v>2361.739</v>
+      </c>
+    </row>
+    <row r="3279" spans="1:2">
+      <c r="A3279" s="1" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B3279" s="2">
+        <v>2367.239</v>
+      </c>
+    </row>
+    <row r="3280" spans="1:2">
+      <c r="A3280" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="B3280" s="2">
+        <v>2340.356</v>
+      </c>
+    </row>
+    <row r="3281" spans="1:2">
+      <c r="A3281" s="1" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B3281" s="2">
+        <v>2384.848</v>
+      </c>
+    </row>
+    <row r="3282" spans="1:2">
+      <c r="A3282" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B3282" s="2">
+        <v>2415.27</v>
+      </c>
+    </row>
+    <row r="3283" spans="1:2">
+      <c r="A3283" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="B3283" s="2">
+        <v>2400.658</v>
+      </c>
+    </row>
+    <row r="3284" spans="1:2">
+      <c r="A3284" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="B3284" s="2">
+        <v>2396.438</v>
+      </c>
+    </row>
+    <row r="3285" spans="1:2">
+      <c r="A3285" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B3285" s="2">
+        <v>2404.594</v>
+      </c>
+    </row>
+    <row r="3286" spans="1:2">
+      <c r="A3286" s="1" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B3286" s="2">
+        <v>2362.3</v>
+      </c>
+    </row>
+    <row r="3287" spans="1:2">
+      <c r="A3287" s="1" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B3287" s="2">
+        <v>2365.864</v>
+      </c>
+    </row>
+    <row r="3288" spans="1:2">
+      <c r="A3288" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="B3288" s="2">
+        <v>2366.778</v>
+      </c>
+    </row>
+    <row r="3289" spans="1:2">
+      <c r="A3289" s="1" t="s">
+        <v>3289</v>
+      </c>
+      <c r="B3289" s="2">
+        <v>2318.116</v>
+      </c>
+    </row>
+    <row r="3290" spans="1:2">
+      <c r="A3290" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B3290" s="2">
+        <v>2318.247</v>
+      </c>
+    </row>
+    <row r="3291" spans="1:2">
+      <c r="A3291" s="1" t="s">
+        <v>3291</v>
+      </c>
+      <c r="B3291" s="2">
+        <v>2328.849</v>
+      </c>
+    </row>
+    <row r="3292" spans="1:2">
+      <c r="A3292" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="B3292" s="2">
+        <v>2343.618</v>
+      </c>
+    </row>
+    <row r="3293" spans="1:2">
+      <c r="A3293" s="1" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B3293" s="2">
+        <v>2300.725</v>
+      </c>
+    </row>
+    <row r="3294" spans="1:2">
+      <c r="A3294" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B3294" s="2">
+        <v>2293.986</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">