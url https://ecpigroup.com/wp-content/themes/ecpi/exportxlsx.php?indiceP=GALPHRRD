--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHRRD_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3063">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3101">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>17/02/2014</t>
   </si>
   <si>
     <t>18/02/2014</t>
   </si>
   <si>
     <t>19/02/2014</t>
   </si>
   <si>
     <t>20/02/2014</t>
   </si>
   <si>
     <t>21/02/2014</t>
   </si>
   <si>
     <t>24/02/2014</t>
   </si>
   <si>
@@ -9128,50 +9128,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -9201,50 +9216,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -9570,51 +9684,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B3062"/>
+  <dimension ref="A1:B3100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>618.515</v>
@@ -33875,251 +33989,555 @@
       <c r="B3034" s="2">
         <v>1239.001</v>
       </c>
     </row>
     <row r="3035" spans="1:2">
       <c r="A3035" s="1" t="s">
         <v>3035</v>
       </c>
       <c r="B3035" s="2">
         <v>1245.275</v>
       </c>
     </row>
     <row r="3036" spans="1:2">
       <c r="A3036" s="1" t="s">
         <v>3036</v>
       </c>
       <c r="B3036" s="2">
         <v>1239.391</v>
       </c>
     </row>
     <row r="3037" spans="1:2">
       <c r="A3037" s="1" t="s">
         <v>3037</v>
       </c>
       <c r="B3037" s="2">
-        <v>1242.167</v>
+        <v>1242.168</v>
       </c>
     </row>
     <row r="3038" spans="1:2">
       <c r="A3038" s="1" t="s">
         <v>3038</v>
       </c>
       <c r="B3038" s="2">
-        <v>1240.712</v>
+        <v>1247.364</v>
       </c>
     </row>
     <row r="3039" spans="1:2">
       <c r="A3039" s="1" t="s">
         <v>3039</v>
       </c>
       <c r="B3039" s="2">
-        <v>1238.24</v>
+        <v>1250.704</v>
       </c>
     </row>
     <row r="3040" spans="1:2">
       <c r="A3040" s="1" t="s">
         <v>3040</v>
       </c>
       <c r="B3040" s="2">
-        <v>1226.194</v>
+        <v>1246.141</v>
       </c>
     </row>
     <row r="3041" spans="1:2">
       <c r="A3041" s="1" t="s">
         <v>3041</v>
       </c>
       <c r="B3041" s="2">
-        <v>1235.471</v>
+        <v>1244.584</v>
       </c>
     </row>
     <row r="3042" spans="1:2">
       <c r="A3042" s="1" t="s">
         <v>3042</v>
       </c>
       <c r="B3042" s="2">
-        <v>1226</v>
+        <v>1242.805</v>
       </c>
     </row>
     <row r="3043" spans="1:2">
       <c r="A3043" s="1" t="s">
         <v>3043</v>
       </c>
       <c r="B3043" s="2">
-        <v>1218.791</v>
+        <v>1240.713</v>
       </c>
     </row>
     <row r="3044" spans="1:2">
       <c r="A3044" s="1" t="s">
         <v>3044</v>
       </c>
       <c r="B3044" s="2">
-        <v>1229.693</v>
+        <v>1238.24</v>
       </c>
     </row>
     <row r="3045" spans="1:2">
       <c r="A3045" s="1" t="s">
         <v>3045</v>
       </c>
       <c r="B3045" s="2">
-        <v>1238.767</v>
+        <v>1226.194</v>
       </c>
     </row>
     <row r="3046" spans="1:2">
       <c r="A3046" s="1" t="s">
         <v>3046</v>
       </c>
       <c r="B3046" s="2">
-        <v>1248.133</v>
+        <v>1235.471</v>
       </c>
     </row>
     <row r="3047" spans="1:2">
       <c r="A3047" s="1" t="s">
         <v>3047</v>
       </c>
       <c r="B3047" s="2">
-        <v>1237.844</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="3048" spans="1:2">
       <c r="A3048" s="1" t="s">
         <v>3048</v>
       </c>
       <c r="B3048" s="2">
-        <v>1229.93</v>
+        <v>1218.791</v>
       </c>
     </row>
     <row r="3049" spans="1:2">
       <c r="A3049" s="1" t="s">
         <v>3049</v>
       </c>
       <c r="B3049" s="2">
-        <v>1222.562</v>
+        <v>1229.693</v>
       </c>
     </row>
     <row r="3050" spans="1:2">
       <c r="A3050" s="1" t="s">
         <v>3050</v>
       </c>
       <c r="B3050" s="2">
-        <v>1204.705</v>
+        <v>1238.767</v>
       </c>
     </row>
     <row r="3051" spans="1:2">
       <c r="A3051" s="1" t="s">
         <v>3051</v>
       </c>
       <c r="B3051" s="2">
-        <v>1208.373</v>
+        <v>1248.133</v>
       </c>
     </row>
     <row r="3052" spans="1:2">
       <c r="A3052" s="1" t="s">
         <v>3052</v>
       </c>
       <c r="B3052" s="2">
-        <v>1202.25</v>
+        <v>1237.844</v>
       </c>
     </row>
     <row r="3053" spans="1:2">
       <c r="A3053" s="1" t="s">
         <v>3053</v>
       </c>
       <c r="B3053" s="2">
-        <v>1207.514</v>
+        <v>1229.93</v>
       </c>
     </row>
     <row r="3054" spans="1:2">
       <c r="A3054" s="1" t="s">
         <v>3054</v>
       </c>
       <c r="B3054" s="2">
-        <v>1218.323</v>
+        <v>1222.562</v>
       </c>
     </row>
     <row r="3055" spans="1:2">
       <c r="A3055" s="1" t="s">
         <v>3055</v>
       </c>
       <c r="B3055" s="2">
-        <v>1225.483</v>
+        <v>1204.705</v>
       </c>
     </row>
     <row r="3056" spans="1:2">
       <c r="A3056" s="1" t="s">
         <v>3056</v>
       </c>
       <c r="B3056" s="2">
-        <v>1231.373</v>
+        <v>1208.373</v>
       </c>
     </row>
     <row r="3057" spans="1:2">
       <c r="A3057" s="1" t="s">
         <v>3057</v>
       </c>
       <c r="B3057" s="2">
-        <v>1232.838</v>
+        <v>1202.25</v>
       </c>
     </row>
     <row r="3058" spans="1:2">
       <c r="A3058" s="1" t="s">
         <v>3058</v>
       </c>
       <c r="B3058" s="2">
-        <v>1235.387</v>
+        <v>1207.514</v>
       </c>
     </row>
     <row r="3059" spans="1:2">
       <c r="A3059" s="1" t="s">
         <v>3059</v>
       </c>
       <c r="B3059" s="2">
-        <v>1229.403</v>
+        <v>1218.323</v>
       </c>
     </row>
     <row r="3060" spans="1:2">
       <c r="A3060" s="1" t="s">
         <v>3060</v>
       </c>
       <c r="B3060" s="2">
-        <v>1231.894</v>
+        <v>1225.483</v>
       </c>
     </row>
     <row r="3061" spans="1:2">
       <c r="A3061" s="1" t="s">
         <v>3061</v>
       </c>
       <c r="B3061" s="2">
-        <v>1234.44</v>
+        <v>1231.373</v>
       </c>
     </row>
     <row r="3062" spans="1:2">
       <c r="A3062" s="1" t="s">
         <v>3062</v>
       </c>
       <c r="B3062" s="2">
+        <v>1232.838</v>
+      </c>
+    </row>
+    <row r="3063" spans="1:2">
+      <c r="A3063" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B3063" s="2">
+        <v>1235.387</v>
+      </c>
+    </row>
+    <row r="3064" spans="1:2">
+      <c r="A3064" s="1" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B3064" s="2">
+        <v>1229.403</v>
+      </c>
+    </row>
+    <row r="3065" spans="1:2">
+      <c r="A3065" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B3065" s="2">
+        <v>1231.895</v>
+      </c>
+    </row>
+    <row r="3066" spans="1:2">
+      <c r="A3066" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B3066" s="2">
+        <v>1234.44</v>
+      </c>
+    </row>
+    <row r="3067" spans="1:2">
+      <c r="A3067" s="1" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B3067" s="2">
         <v>1239.398</v>
+      </c>
+    </row>
+    <row r="3068" spans="1:2">
+      <c r="A3068" s="1" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B3068" s="2">
+        <v>1243.099</v>
+      </c>
+    </row>
+    <row r="3069" spans="1:2">
+      <c r="A3069" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B3069" s="2">
+        <v>1239.2</v>
+      </c>
+    </row>
+    <row r="3070" spans="1:2">
+      <c r="A3070" s="1" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B3070" s="2">
+        <v>1234.835</v>
+      </c>
+    </row>
+    <row r="3071" spans="1:2">
+      <c r="A3071" s="1" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B3071" s="2">
+        <v>1239.764</v>
+      </c>
+    </row>
+    <row r="3072" spans="1:2">
+      <c r="A3072" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B3072" s="2">
+        <v>1237.12</v>
+      </c>
+    </row>
+    <row r="3073" spans="1:2">
+      <c r="A3073" s="1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="B3073" s="2">
+        <v>1234.713</v>
+      </c>
+    </row>
+    <row r="3074" spans="1:2">
+      <c r="A3074" s="1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B3074" s="2">
+        <v>1237.226</v>
+      </c>
+    </row>
+    <row r="3075" spans="1:2">
+      <c r="A3075" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="B3075" s="2">
+        <v>1229.214</v>
+      </c>
+    </row>
+    <row r="3076" spans="1:2">
+      <c r="A3076" s="1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B3076" s="2">
+        <v>1219.151</v>
+      </c>
+    </row>
+    <row r="3077" spans="1:2">
+      <c r="A3077" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B3077" s="2">
+        <v>1231.67</v>
+      </c>
+    </row>
+    <row r="3078" spans="1:2">
+      <c r="A3078" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="B3078" s="2">
+        <v>1241.346</v>
+      </c>
+    </row>
+    <row r="3079" spans="1:2">
+      <c r="A3079" s="1" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B3079" s="2">
+        <v>1239.966</v>
+      </c>
+    </row>
+    <row r="3080" spans="1:2">
+      <c r="A3080" s="1" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B3080" s="2">
+        <v>1243.167</v>
+      </c>
+    </row>
+    <row r="3081" spans="1:2">
+      <c r="A3081" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B3081" s="2">
+        <v>1244.493</v>
+      </c>
+    </row>
+    <row r="3082" spans="1:2">
+      <c r="A3082" s="1" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B3082" s="2">
+        <v>1244.448</v>
+      </c>
+    </row>
+    <row r="3083" spans="1:2">
+      <c r="A3083" s="1" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B3083" s="2">
+        <v>1245.069</v>
+      </c>
+    </row>
+    <row r="3084" spans="1:2">
+      <c r="A3084" s="1" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B3084" s="2">
+        <v>1249.229</v>
+      </c>
+    </row>
+    <row r="3085" spans="1:2">
+      <c r="A3085" s="1" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B3085" s="2">
+        <v>1243.087</v>
+      </c>
+    </row>
+    <row r="3086" spans="1:2">
+      <c r="A3086" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B3086" s="2">
+        <v>1255.127</v>
+      </c>
+    </row>
+    <row r="3087" spans="1:2">
+      <c r="A3087" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B3087" s="2">
+        <v>1271.064</v>
+      </c>
+    </row>
+    <row r="3088" spans="1:2">
+      <c r="A3088" s="1" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B3088" s="2">
+        <v>1292.768</v>
+      </c>
+    </row>
+    <row r="3089" spans="1:2">
+      <c r="A3089" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B3089" s="2">
+        <v>1300.81</v>
+      </c>
+    </row>
+    <row r="3090" spans="1:2">
+      <c r="A3090" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="B3090" s="2">
+        <v>1290.961</v>
+      </c>
+    </row>
+    <row r="3091" spans="1:2">
+      <c r="A3091" s="1" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B3091" s="2">
+        <v>1299.941</v>
+      </c>
+    </row>
+    <row r="3092" spans="1:2">
+      <c r="A3092" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B3092" s="2">
+        <v>1299.217</v>
+      </c>
+    </row>
+    <row r="3093" spans="1:2">
+      <c r="A3093" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="B3093" s="2">
+        <v>1299.83</v>
+      </c>
+    </row>
+    <row r="3094" spans="1:2">
+      <c r="A3094" s="1" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B3094" s="2">
+        <v>1301.654</v>
+      </c>
+    </row>
+    <row r="3095" spans="1:2">
+      <c r="A3095" s="1" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B3095" s="2">
+        <v>1305.045</v>
+      </c>
+    </row>
+    <row r="3096" spans="1:2">
+      <c r="A3096" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="B3096" s="2">
+        <v>1303.626</v>
+      </c>
+    </row>
+    <row r="3097" spans="1:2">
+      <c r="A3097" s="1" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B3097" s="2">
+        <v>1279.567</v>
+      </c>
+    </row>
+    <row r="3098" spans="1:2">
+      <c r="A3098" s="1" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B3098" s="2">
+        <v>1251.223</v>
+      </c>
+    </row>
+    <row r="3099" spans="1:2">
+      <c r="A3099" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="B3099" s="2">
+        <v>1258.227</v>
+      </c>
+    </row>
+    <row r="3100" spans="1:2">
+      <c r="A3100" s="1" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B3100" s="2">
+        <v>1269.972</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">