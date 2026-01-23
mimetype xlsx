--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHMEP_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="832">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="870">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>PRICE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>16/09/2022</t>
   </si>
   <si>
     <t>19/09/2022</t>
   </si>
   <si>
     <t>20/09/2022</t>
   </si>
   <si>
@@ -2435,50 +2435,65 @@
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>13/11/2025</t>
@@ -2508,50 +2523,149 @@
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2877,51 +2991,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D829"/>
+  <dimension ref="A1:D867"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
     <col min="4" max="4" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
@@ -14085,460 +14199,992 @@
         <v>1179.332</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
         <v>801</v>
       </c>
       <c r="B799" s="2">
         <v>1119.454</v>
       </c>
       <c r="C799" s="2">
         <v>1188.851</v>
       </c>
       <c r="D799" s="2">
         <v>1174.507</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
         <v>802</v>
       </c>
       <c r="B800" s="2">
         <v>1132.588</v>
       </c>
       <c r="C800" s="2">
-        <v>1203.048</v>
+        <v>1203.049</v>
       </c>
       <c r="D800" s="2">
-        <v>1188.532</v>
+        <v>1188.533</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
         <v>803</v>
       </c>
       <c r="B801" s="2">
-        <v>1144.954</v>
+        <v>1144.955</v>
       </c>
       <c r="C801" s="2">
-        <v>1216.184</v>
+        <v>1216.185</v>
       </c>
       <c r="D801" s="2">
         <v>1201.51</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
         <v>804</v>
       </c>
       <c r="B802" s="2">
-        <v>1134.923</v>
+        <v>1134.924</v>
       </c>
       <c r="C802" s="2">
         <v>1205.529</v>
       </c>
       <c r="D802" s="2">
-        <v>1190.983</v>
+        <v>1190.984</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
         <v>805</v>
       </c>
       <c r="B803" s="2">
-        <v>1141.48</v>
+        <v>1141.481</v>
       </c>
       <c r="C803" s="2">
         <v>1212.494</v>
       </c>
       <c r="D803" s="2">
-        <v>1197.864</v>
+        <v>1197.865</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
         <v>806</v>
       </c>
       <c r="B804" s="2">
-        <v>1143.809</v>
+        <v>1143.81</v>
       </c>
       <c r="C804" s="2">
         <v>1214.968</v>
       </c>
       <c r="D804" s="2">
-        <v>1200.308</v>
+        <v>1200.309</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
         <v>807</v>
       </c>
       <c r="B805" s="2">
-        <v>1135.625</v>
+        <v>1154.143</v>
       </c>
       <c r="C805" s="2">
-        <v>1206.274</v>
+        <v>1225.944</v>
       </c>
       <c r="D805" s="2">
-        <v>1191.719</v>
+        <v>1211.152</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
         <v>808</v>
       </c>
       <c r="B806" s="2">
-        <v>1126.683</v>
+        <v>1147.616</v>
       </c>
       <c r="C806" s="2">
-        <v>1196.776</v>
+        <v>1219.011</v>
       </c>
       <c r="D806" s="2">
-        <v>1182.336</v>
+        <v>1204.303</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
         <v>809</v>
       </c>
       <c r="B807" s="2">
-        <v>1125.197</v>
+        <v>1135.663</v>
       </c>
       <c r="C807" s="2">
-        <v>1195.328</v>
+        <v>1206.315</v>
       </c>
       <c r="D807" s="2">
-        <v>1180.867</v>
+        <v>1191.76</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
         <v>810</v>
       </c>
       <c r="B808" s="2">
-        <v>1112.099</v>
+        <v>1134.177</v>
       </c>
       <c r="C808" s="2">
-        <v>1181.414</v>
+        <v>1204.736</v>
       </c>
       <c r="D808" s="2">
-        <v>1167.121</v>
+        <v>1190.2</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
         <v>811</v>
       </c>
       <c r="B809" s="2">
-        <v>1107.083</v>
+        <v>1138.39</v>
       </c>
       <c r="C809" s="2">
-        <v>1176.092</v>
+        <v>1209.211</v>
       </c>
       <c r="D809" s="2">
-        <v>1161.862</v>
+        <v>1194.621</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B810" s="2">
-        <v>1118.073</v>
+        <v>1135.625</v>
       </c>
       <c r="C810" s="2">
-        <v>1187.781</v>
+        <v>1206.274</v>
       </c>
       <c r="D810" s="2">
-        <v>1173.406</v>
+        <v>1191.719</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
         <v>813</v>
       </c>
       <c r="B811" s="2">
-        <v>1114.485</v>
+        <v>1126.683</v>
       </c>
       <c r="C811" s="2">
-        <v>1183.97</v>
+        <v>1196.776</v>
       </c>
       <c r="D811" s="2">
-        <v>1169.64</v>
+        <v>1182.336</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
         <v>814</v>
       </c>
       <c r="B812" s="2">
-        <v>1110.237</v>
+        <v>1125.197</v>
       </c>
       <c r="C812" s="2">
-        <v>1179.575</v>
+        <v>1195.328</v>
       </c>
       <c r="D812" s="2">
-        <v>1165.263</v>
+        <v>1180.867</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
         <v>815</v>
       </c>
       <c r="B813" s="2">
-        <v>1093.253</v>
+        <v>1112.099</v>
       </c>
       <c r="C813" s="2">
-        <v>1161.531</v>
+        <v>1181.414</v>
       </c>
       <c r="D813" s="2">
-        <v>1147.438</v>
+        <v>1167.121</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
         <v>816</v>
       </c>
       <c r="B814" s="2">
-        <v>1087.369</v>
+        <v>1107.083</v>
       </c>
       <c r="C814" s="2">
-        <v>1155.279</v>
+        <v>1176.092</v>
       </c>
       <c r="D814" s="2">
-        <v>1141.263</v>
+        <v>1161.862</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
         <v>817</v>
       </c>
       <c r="B815" s="2">
-        <v>1078.938</v>
+        <v>1118.073</v>
       </c>
       <c r="C815" s="2">
-        <v>1146.322</v>
+        <v>1187.781</v>
       </c>
       <c r="D815" s="2">
-        <v>1132.414</v>
+        <v>1173.406</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
         <v>818</v>
       </c>
       <c r="B816" s="2">
-        <v>1072.186</v>
+        <v>1114.485</v>
       </c>
       <c r="C816" s="2">
-        <v>1139.18</v>
+        <v>1183.97</v>
       </c>
       <c r="D816" s="2">
-        <v>1125.351</v>
+        <v>1169.64</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
         <v>819</v>
       </c>
       <c r="B817" s="2">
-        <v>1069.146</v>
+        <v>1110.237</v>
       </c>
       <c r="C817" s="2">
-        <v>1136.059</v>
+        <v>1179.575</v>
       </c>
       <c r="D817" s="2">
-        <v>1122.235</v>
+        <v>1165.263</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
         <v>820</v>
       </c>
       <c r="B818" s="2">
-        <v>1057.691</v>
+        <v>1093.253</v>
       </c>
       <c r="C818" s="2">
-        <v>1123.908</v>
+        <v>1161.531</v>
       </c>
       <c r="D818" s="2">
-        <v>1110.226</v>
+        <v>1147.438</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
         <v>821</v>
       </c>
       <c r="B819" s="2">
-        <v>1073.617</v>
+        <v>1087.369</v>
       </c>
       <c r="C819" s="2">
-        <v>1140.929</v>
+        <v>1155.279</v>
       </c>
       <c r="D819" s="2">
-        <v>1127.015</v>
+        <v>1141.263</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
         <v>822</v>
       </c>
       <c r="B820" s="2">
-        <v>1079.563</v>
+        <v>1078.938</v>
       </c>
       <c r="C820" s="2">
-        <v>1147.248</v>
+        <v>1146.322</v>
       </c>
       <c r="D820" s="2">
-        <v>1133.258</v>
+        <v>1132.414</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
         <v>823</v>
       </c>
       <c r="B821" s="2">
-        <v>1082.445</v>
+        <v>1072.186</v>
       </c>
       <c r="C821" s="2">
-        <v>1150.395</v>
+        <v>1139.18</v>
       </c>
       <c r="D821" s="2">
-        <v>1136.366</v>
+        <v>1125.351</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
         <v>824</v>
       </c>
       <c r="B822" s="2">
-        <v>1087.068</v>
+        <v>1069.146</v>
       </c>
       <c r="C822" s="2">
-        <v>1155.309</v>
+        <v>1136.059</v>
       </c>
       <c r="D822" s="2">
-        <v>1141.22</v>
+        <v>1122.235</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
         <v>825</v>
       </c>
       <c r="B823" s="2">
-        <v>1088.252</v>
+        <v>1057.691</v>
       </c>
       <c r="C823" s="2">
-        <v>1156.567</v>
+        <v>1123.908</v>
       </c>
       <c r="D823" s="2">
-        <v>1142.462</v>
+        <v>1110.226</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
         <v>826</v>
       </c>
       <c r="B824" s="2">
-        <v>1093.252</v>
+        <v>1073.617</v>
       </c>
       <c r="C824" s="2">
-        <v>1161.88</v>
+        <v>1140.929</v>
       </c>
       <c r="D824" s="2">
-        <v>1147.711</v>
+        <v>1127.015</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
         <v>827</v>
       </c>
       <c r="B825" s="2">
-        <v>1090.865</v>
+        <v>1079.563</v>
       </c>
       <c r="C825" s="2">
-        <v>1159.344</v>
+        <v>1147.248</v>
       </c>
       <c r="D825" s="2">
-        <v>1145.206</v>
+        <v>1133.258</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
         <v>828</v>
       </c>
       <c r="B826" s="2">
-        <v>1088.01</v>
+        <v>1082.445</v>
       </c>
       <c r="C826" s="2">
-        <v>1156.366</v>
+        <v>1150.395</v>
       </c>
       <c r="D826" s="2">
-        <v>1142.248</v>
+        <v>1136.366</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
         <v>829</v>
       </c>
       <c r="B827" s="2">
-        <v>1080.487</v>
+        <v>1087.068</v>
       </c>
       <c r="C827" s="2">
-        <v>1148.385</v>
+        <v>1155.309</v>
       </c>
       <c r="D827" s="2">
-        <v>1134.36</v>
+        <v>1141.22</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
         <v>830</v>
       </c>
       <c r="B828" s="2">
-        <v>1085.755</v>
+        <v>1088.252</v>
       </c>
       <c r="C828" s="2">
-        <v>1154.036</v>
+        <v>1156.567</v>
       </c>
       <c r="D828" s="2">
-        <v>1139.942</v>
+        <v>1142.462</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
         <v>831</v>
       </c>
       <c r="B829" s="2">
+        <v>1093.252</v>
+      </c>
+      <c r="C829" s="2">
+        <v>1161.88</v>
+      </c>
+      <c r="D829" s="2">
+        <v>1147.711</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4">
+      <c r="A830" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B830" s="2">
+        <v>1090.866</v>
+      </c>
+      <c r="C830" s="2">
+        <v>1159.344</v>
+      </c>
+      <c r="D830" s="2">
+        <v>1145.206</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4">
+      <c r="A831" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B831" s="2">
+        <v>1088.011</v>
+      </c>
+      <c r="C831" s="2">
+        <v>1156.367</v>
+      </c>
+      <c r="D831" s="2">
+        <v>1142.248</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4">
+      <c r="A832" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B832" s="2">
+        <v>1080.487</v>
+      </c>
+      <c r="C832" s="2">
+        <v>1148.385</v>
+      </c>
+      <c r="D832" s="2">
+        <v>1134.36</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4">
+      <c r="A833" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B833" s="2">
+        <v>1085.755</v>
+      </c>
+      <c r="C833" s="2">
+        <v>1154.036</v>
+      </c>
+      <c r="D833" s="2">
+        <v>1139.942</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4">
+      <c r="A834" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B834" s="2">
         <v>1090.337</v>
       </c>
-      <c r="C829" s="2">
+      <c r="C834" s="2">
         <v>1158.907</v>
       </c>
-      <c r="D829" s="2">
+      <c r="D834" s="2">
         <v>1144.752</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4">
+      <c r="A835" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B835" s="2">
+        <v>1092.582</v>
+      </c>
+      <c r="C835" s="2">
+        <v>1161.435</v>
+      </c>
+      <c r="D835" s="2">
+        <v>1147.214</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4">
+      <c r="A836" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B836" s="2">
+        <v>1090.432</v>
+      </c>
+      <c r="C836" s="2">
+        <v>1159.149</v>
+      </c>
+      <c r="D836" s="2">
+        <v>1144.957</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4">
+      <c r="A837" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B837" s="2">
+        <v>1089.359</v>
+      </c>
+      <c r="C837" s="2">
+        <v>1158.008</v>
+      </c>
+      <c r="D837" s="2">
+        <v>1143.829</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4">
+      <c r="A838" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B838" s="2">
+        <v>1078.446</v>
+      </c>
+      <c r="C838" s="2">
+        <v>1146.408</v>
+      </c>
+      <c r="D838" s="2">
+        <v>1132.372</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="A839" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B839" s="2">
+        <v>1076.898</v>
+      </c>
+      <c r="C839" s="2">
+        <v>1144.763</v>
+      </c>
+      <c r="D839" s="2">
+        <v>1130.746</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4">
+      <c r="A840" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B840" s="2">
+        <v>1071.518</v>
+      </c>
+      <c r="C840" s="2">
+        <v>1139.28</v>
+      </c>
+      <c r="D840" s="2">
+        <v>1125.268</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4">
+      <c r="A841" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B841" s="2">
+        <v>1067.967</v>
+      </c>
+      <c r="C841" s="2">
+        <v>1135.503</v>
+      </c>
+      <c r="D841" s="2">
+        <v>1121.538</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4">
+      <c r="A842" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B842" s="2">
+        <v>1065.374</v>
+      </c>
+      <c r="C842" s="2">
+        <v>1132.747</v>
+      </c>
+      <c r="D842" s="2">
+        <v>1118.816</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4">
+      <c r="A843" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B843" s="2">
+        <v>1073.042</v>
+      </c>
+      <c r="C843" s="2">
+        <v>1140.963</v>
+      </c>
+      <c r="D843" s="2">
+        <v>1126.912</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4">
+      <c r="A844" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B844" s="2">
+        <v>1075.343</v>
+      </c>
+      <c r="C844" s="2">
+        <v>1143.538</v>
+      </c>
+      <c r="D844" s="2">
+        <v>1129.417</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4">
+      <c r="A845" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B845" s="2">
+        <v>1075.799</v>
+      </c>
+      <c r="C845" s="2">
+        <v>1144.023</v>
+      </c>
+      <c r="D845" s="2">
+        <v>1129.896</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4">
+      <c r="A846" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B846" s="2">
+        <v>1077.43</v>
+      </c>
+      <c r="C846" s="2">
+        <v>1145.758</v>
+      </c>
+      <c r="D846" s="2">
+        <v>1131.61</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4">
+      <c r="A847" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="B847" s="2">
+        <v>1078.488</v>
+      </c>
+      <c r="C847" s="2">
+        <v>1146.883</v>
+      </c>
+      <c r="D847" s="2">
+        <v>1132.721</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4">
+      <c r="A848" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B848" s="2">
+        <v>1080.359</v>
+      </c>
+      <c r="C848" s="2">
+        <v>1148.873</v>
+      </c>
+      <c r="D848" s="2">
+        <v>1134.686</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="A849" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B849" s="2">
+        <v>1080.366</v>
+      </c>
+      <c r="C849" s="2">
+        <v>1148.88</v>
+      </c>
+      <c r="D849" s="2">
+        <v>1134.693</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4">
+      <c r="A850" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B850" s="2">
+        <v>1079.657</v>
+      </c>
+      <c r="C850" s="2">
+        <v>1148.247</v>
+      </c>
+      <c r="D850" s="2">
+        <v>1134.044</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4">
+      <c r="A851" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B851" s="2">
+        <v>1081.453</v>
+      </c>
+      <c r="C851" s="2">
+        <v>1150.157</v>
+      </c>
+      <c r="D851" s="2">
+        <v>1135.93</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4">
+      <c r="A852" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B852" s="2">
+        <v>1075.818</v>
+      </c>
+      <c r="C852" s="2">
+        <v>1144.75</v>
+      </c>
+      <c r="D852" s="2">
+        <v>1130.569</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4">
+      <c r="A853" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B853" s="2">
+        <v>1077.335</v>
+      </c>
+      <c r="C853" s="2">
+        <v>1146.418</v>
+      </c>
+      <c r="D853" s="2">
+        <v>1132.217</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4">
+      <c r="A854" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B854" s="2">
+        <v>1091.501</v>
+      </c>
+      <c r="C854" s="2">
+        <v>1161.493</v>
+      </c>
+      <c r="D854" s="2">
+        <v>1147.104</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4">
+      <c r="A855" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B855" s="2">
+        <v>1097.298</v>
+      </c>
+      <c r="C855" s="2">
+        <v>1167.768</v>
+      </c>
+      <c r="D855" s="2">
+        <v>1153.27</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="A856" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B856" s="2">
+        <v>1090.987</v>
+      </c>
+      <c r="C856" s="2">
+        <v>1161.051</v>
+      </c>
+      <c r="D856" s="2">
+        <v>1146.637</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="A857" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B857" s="2">
+        <v>1090.863</v>
+      </c>
+      <c r="C857" s="2">
+        <v>1160.919</v>
+      </c>
+      <c r="D857" s="2">
+        <v>1146.506</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4">
+      <c r="A858" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B858" s="2">
+        <v>1094.45</v>
+      </c>
+      <c r="C858" s="2">
+        <v>1164.737</v>
+      </c>
+      <c r="D858" s="2">
+        <v>1150.277</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4">
+      <c r="A859" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="B859" s="2">
+        <v>1098.905</v>
+      </c>
+      <c r="C859" s="2">
+        <v>1169.478</v>
+      </c>
+      <c r="D859" s="2">
+        <v>1154.959</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4">
+      <c r="A860" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B860" s="2">
+        <v>1093.678</v>
+      </c>
+      <c r="C860" s="2">
+        <v>1164.049</v>
+      </c>
+      <c r="D860" s="2">
+        <v>1149.573</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4">
+      <c r="A861" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B861" s="2">
+        <v>1090.154</v>
+      </c>
+      <c r="C861" s="2">
+        <v>1160.408</v>
+      </c>
+      <c r="D861" s="2">
+        <v>1145.944</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="A862" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B862" s="2">
+        <v>1091.572</v>
+      </c>
+      <c r="C862" s="2">
+        <v>1161.917</v>
+      </c>
+      <c r="D862" s="2">
+        <v>1147.435</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4">
+      <c r="A863" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="B863" s="2">
+        <v>1083.788</v>
+      </c>
+      <c r="C863" s="2">
+        <v>1153.632</v>
+      </c>
+      <c r="D863" s="2">
+        <v>1139.253</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4">
+      <c r="A864" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B864" s="2">
+        <v>1075.172</v>
+      </c>
+      <c r="C864" s="2">
+        <v>1144.461</v>
+      </c>
+      <c r="D864" s="2">
+        <v>1130.196</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4">
+      <c r="A865" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B865" s="2">
+        <v>1056.184</v>
+      </c>
+      <c r="C865" s="2">
+        <v>1124.248</v>
+      </c>
+      <c r="D865" s="2">
+        <v>1110.235</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4">
+      <c r="A866" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B866" s="2">
+        <v>1059.308</v>
+      </c>
+      <c r="C866" s="2">
+        <v>1127.574</v>
+      </c>
+      <c r="D866" s="2">
+        <v>1113.519</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4">
+      <c r="A867" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B867" s="2">
+        <v>1068.906</v>
+      </c>
+      <c r="C867" s="2">
+        <v>1137.791</v>
+      </c>
+      <c r="D867" s="2">
+        <v>1123.609</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">