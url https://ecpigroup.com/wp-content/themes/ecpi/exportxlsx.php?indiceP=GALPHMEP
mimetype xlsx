--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHMEP_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="870">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="907">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>PRICE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>16/09/2022</t>
   </si>
   <si>
     <t>19/09/2022</t>
   </si>
   <si>
     <t>20/09/2022</t>
   </si>
   <si>
@@ -2622,50 +2622,161 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2991,51 +3102,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D867"/>
+  <dimension ref="A1:D904"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
     <col min="4" max="4" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
@@ -15141,50 +15252,568 @@
       <c r="A866" s="1" t="s">
         <v>868</v>
       </c>
       <c r="B866" s="2">
         <v>1059.308</v>
       </c>
       <c r="C866" s="2">
         <v>1127.574</v>
       </c>
       <c r="D866" s="2">
         <v>1113.519</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
         <v>869</v>
       </c>
       <c r="B867" s="2">
         <v>1068.906</v>
       </c>
       <c r="C867" s="2">
         <v>1137.791</v>
       </c>
       <c r="D867" s="2">
         <v>1123.609</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4">
+      <c r="A868" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="B868" s="2">
+        <v>1074.122</v>
+      </c>
+      <c r="C868" s="2">
+        <v>1143.342</v>
+      </c>
+      <c r="D868" s="2">
+        <v>1129.091</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4">
+      <c r="A869" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B869" s="2">
+        <v>1067.165</v>
+      </c>
+      <c r="C869" s="2">
+        <v>1135.937</v>
+      </c>
+      <c r="D869" s="2">
+        <v>1121.779</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4">
+      <c r="A870" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B870" s="2">
+        <v>1057.331</v>
+      </c>
+      <c r="C870" s="2">
+        <v>1125.47</v>
+      </c>
+      <c r="D870" s="2">
+        <v>1111.442</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4">
+      <c r="A871" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="B871" s="2">
+        <v>1057.242</v>
+      </c>
+      <c r="C871" s="2">
+        <v>1125.375</v>
+      </c>
+      <c r="D871" s="2">
+        <v>1111.348</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4">
+      <c r="A872" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B872" s="2">
+        <v>1050.098</v>
+      </c>
+      <c r="C872" s="2">
+        <v>1117.771</v>
+      </c>
+      <c r="D872" s="2">
+        <v>1103.838</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="A873" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B873" s="2">
+        <v>1044.191</v>
+      </c>
+      <c r="C873" s="2">
+        <v>1111.483</v>
+      </c>
+      <c r="D873" s="2">
+        <v>1097.629</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4">
+      <c r="A874" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B874" s="2">
+        <v>1046.198</v>
+      </c>
+      <c r="C874" s="2">
+        <v>1113.619</v>
+      </c>
+      <c r="D874" s="2">
+        <v>1099.739</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="A875" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="B875" s="2">
+        <v>1018.699</v>
+      </c>
+      <c r="C875" s="2">
+        <v>1084.348</v>
+      </c>
+      <c r="D875" s="2">
+        <v>1070.833</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="A876" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B876" s="2">
+        <v>1001.186</v>
+      </c>
+      <c r="C876" s="2">
+        <v>1065.707</v>
+      </c>
+      <c r="D876" s="2">
+        <v>1052.423</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="A877" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="B877" s="2">
+        <v>993.595</v>
+      </c>
+      <c r="C877" s="2">
+        <v>1057.626</v>
+      </c>
+      <c r="D877" s="2">
+        <v>1044.444</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="A878" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B878" s="2">
+        <v>996.62</v>
+      </c>
+      <c r="C878" s="2">
+        <v>1060.847</v>
+      </c>
+      <c r="D878" s="2">
+        <v>1047.624</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="A879" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B879" s="2">
+        <v>1006.095</v>
+      </c>
+      <c r="C879" s="2">
+        <v>1070.943</v>
+      </c>
+      <c r="D879" s="2">
+        <v>1057.591</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="A880" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="B880" s="2">
+        <v>1023.769</v>
+      </c>
+      <c r="C880" s="2">
+        <v>1089.821</v>
+      </c>
+      <c r="D880" s="2">
+        <v>1076.215</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="A881" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B881" s="2">
+        <v>1013.538</v>
+      </c>
+      <c r="C881" s="2">
+        <v>1079.078</v>
+      </c>
+      <c r="D881" s="2">
+        <v>1065.562</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="A882" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B882" s="2">
+        <v>989.36</v>
+      </c>
+      <c r="C882" s="2">
+        <v>1053.337</v>
+      </c>
+      <c r="D882" s="2">
+        <v>1040.143</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4">
+      <c r="A883" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B883" s="2">
+        <v>985.136</v>
+      </c>
+      <c r="C883" s="2">
+        <v>1048.942</v>
+      </c>
+      <c r="D883" s="2">
+        <v>1035.773</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4">
+      <c r="A884" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B884" s="2">
+        <v>985.237</v>
+      </c>
+      <c r="C884" s="2">
+        <v>1049.049</v>
+      </c>
+      <c r="D884" s="2">
+        <v>1035.878</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4">
+      <c r="A885" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="B885" s="2">
+        <v>985.685</v>
+      </c>
+      <c r="C885" s="2">
+        <v>1049.585</v>
+      </c>
+      <c r="D885" s="2">
+        <v>1036.394</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4">
+      <c r="A886" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B886" s="2">
+        <v>996.841</v>
+      </c>
+      <c r="C886" s="2">
+        <v>1061.629</v>
+      </c>
+      <c r="D886" s="2">
+        <v>1048.237</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4">
+      <c r="A887" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B887" s="2">
+        <v>1000.468</v>
+      </c>
+      <c r="C887" s="2">
+        <v>1065.514</v>
+      </c>
+      <c r="D887" s="2">
+        <v>1052.067</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4">
+      <c r="A888" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="B888" s="2">
+        <v>997.775</v>
+      </c>
+      <c r="C888" s="2">
+        <v>1062.646</v>
+      </c>
+      <c r="D888" s="2">
+        <v>1049.235</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4">
+      <c r="A889" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="B889" s="2">
+        <v>984.216</v>
+      </c>
+      <c r="C889" s="2">
+        <v>1048.205</v>
+      </c>
+      <c r="D889" s="2">
+        <v>1034.976</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4">
+      <c r="A890" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B890" s="2">
+        <v>985.109</v>
+      </c>
+      <c r="C890" s="2">
+        <v>1049.157</v>
+      </c>
+      <c r="D890" s="2">
+        <v>1035.916</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4">
+      <c r="A891" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B891" s="2">
+        <v>988.691</v>
+      </c>
+      <c r="C891" s="2">
+        <v>1052.982</v>
+      </c>
+      <c r="D891" s="2">
+        <v>1039.689</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4">
+      <c r="A892" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="B892" s="2">
+        <v>1002.306</v>
+      </c>
+      <c r="C892" s="2">
+        <v>1067.576</v>
+      </c>
+      <c r="D892" s="2">
+        <v>1054.081</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4">
+      <c r="A893" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="B893" s="2">
+        <v>1014.377</v>
+      </c>
+      <c r="C893" s="2">
+        <v>1080.433</v>
+      </c>
+      <c r="D893" s="2">
+        <v>1066.775</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4">
+      <c r="A894" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B894" s="2">
+        <v>1013.423</v>
+      </c>
+      <c r="C894" s="2">
+        <v>1079.417</v>
+      </c>
+      <c r="D894" s="2">
+        <v>1065.772</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4">
+      <c r="A895" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="B895" s="2">
+        <v>1008.408</v>
+      </c>
+      <c r="C895" s="2">
+        <v>1074.158</v>
+      </c>
+      <c r="D895" s="2">
+        <v>1060.579</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4">
+      <c r="A896" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="B896" s="2">
+        <v>1010.76</v>
+      </c>
+      <c r="C896" s="2">
+        <v>1076.79</v>
+      </c>
+      <c r="D896" s="2">
+        <v>1063.165</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4">
+      <c r="A897" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="B897" s="2">
+        <v>1018.105</v>
+      </c>
+      <c r="C897" s="2">
+        <v>1084.616</v>
+      </c>
+      <c r="D897" s="2">
+        <v>1070.891</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4">
+      <c r="A898" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="B898" s="2">
+        <v>1021.937</v>
+      </c>
+      <c r="C898" s="2">
+        <v>1088.698</v>
+      </c>
+      <c r="D898" s="2">
+        <v>1074.922</v>
+      </c>
+    </row>
+    <row r="899" spans="1:4">
+      <c r="A899" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B899" s="2">
+        <v>1015.011</v>
+      </c>
+      <c r="C899" s="2">
+        <v>1081.326</v>
+      </c>
+      <c r="D899" s="2">
+        <v>1067.641</v>
+      </c>
+    </row>
+    <row r="900" spans="1:4">
+      <c r="A900" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="B900" s="2">
+        <v>1010.745</v>
+      </c>
+      <c r="C900" s="2">
+        <v>1076.901</v>
+      </c>
+      <c r="D900" s="2">
+        <v>1063.243</v>
+      </c>
+    </row>
+    <row r="901" spans="1:4">
+      <c r="A901" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B901" s="2">
+        <v>1016.72</v>
+      </c>
+      <c r="C901" s="2">
+        <v>1083.433</v>
+      </c>
+      <c r="D901" s="2">
+        <v>1069.643</v>
+      </c>
+    </row>
+    <row r="902" spans="1:4">
+      <c r="A902" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B902" s="2">
+        <v>1006.718</v>
+      </c>
+      <c r="C902" s="2">
+        <v>1072.775</v>
+      </c>
+      <c r="D902" s="2">
+        <v>1059.121</v>
+      </c>
+    </row>
+    <row r="903" spans="1:4">
+      <c r="A903" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B903" s="2">
+        <v>1010.377</v>
+      </c>
+      <c r="C903" s="2">
+        <v>1077.038</v>
+      </c>
+      <c r="D903" s="2">
+        <v>1063.27</v>
+      </c>
+    </row>
+    <row r="904" spans="1:4">
+      <c r="A904" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="B904" s="2">
+        <v>1012.882</v>
+      </c>
+      <c r="C904" s="2">
+        <v>1079.927</v>
+      </c>
+      <c r="D904" s="2">
+        <v>1066.065</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">