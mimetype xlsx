--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHFMD_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3084">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3122">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>17/01/2014</t>
   </si>
   <si>
     <t>20/01/2014</t>
   </si>
   <si>
     <t>21/01/2014</t>
   </si>
   <si>
     <t>22/01/2014</t>
   </si>
   <si>
     <t>23/01/2014</t>
   </si>
   <si>
     <t>24/01/2014</t>
   </si>
   <si>
@@ -9191,50 +9191,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -9264,50 +9279,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -9633,51 +9747,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B3083"/>
+  <dimension ref="A1:B3121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>1000</v>
@@ -34106,251 +34220,555 @@
       <c r="B3055" s="2">
         <v>3012.613</v>
       </c>
     </row>
     <row r="3056" spans="1:2">
       <c r="A3056" s="1" t="s">
         <v>3056</v>
       </c>
       <c r="B3056" s="2">
         <v>3032.693</v>
       </c>
     </row>
     <row r="3057" spans="1:2">
       <c r="A3057" s="1" t="s">
         <v>3057</v>
       </c>
       <c r="B3057" s="2">
         <v>3011.258</v>
       </c>
     </row>
     <row r="3058" spans="1:2">
       <c r="A3058" s="1" t="s">
         <v>3058</v>
       </c>
       <c r="B3058" s="2">
-        <v>3014.52</v>
+        <v>3014.521</v>
       </c>
     </row>
     <row r="3059" spans="1:2">
       <c r="A3059" s="1" t="s">
         <v>3059</v>
       </c>
       <c r="B3059" s="2">
-        <v>3090.714</v>
+        <v>3054.98</v>
       </c>
     </row>
     <row r="3060" spans="1:2">
       <c r="A3060" s="1" t="s">
         <v>3060</v>
       </c>
       <c r="B3060" s="2">
-        <v>3097.068</v>
+        <v>3080.951</v>
       </c>
     </row>
     <row r="3061" spans="1:2">
       <c r="A3061" s="1" t="s">
         <v>3061</v>
       </c>
       <c r="B3061" s="2">
-        <v>3041.49</v>
+        <v>3074.676</v>
       </c>
     </row>
     <row r="3062" spans="1:2">
       <c r="A3062" s="1" t="s">
         <v>3062</v>
       </c>
       <c r="B3062" s="2">
-        <v>3076.051</v>
+        <v>3087.722</v>
       </c>
     </row>
     <row r="3063" spans="1:2">
       <c r="A3063" s="1" t="s">
         <v>3063</v>
       </c>
       <c r="B3063" s="2">
-        <v>3061.847</v>
+        <v>3076.191</v>
       </c>
     </row>
     <row r="3064" spans="1:2">
       <c r="A3064" s="1" t="s">
         <v>3064</v>
       </c>
       <c r="B3064" s="2">
-        <v>3047.145</v>
+        <v>3090.715</v>
       </c>
     </row>
     <row r="3065" spans="1:2">
       <c r="A3065" s="1" t="s">
         <v>3065</v>
       </c>
       <c r="B3065" s="2">
-        <v>3094.053</v>
+        <v>3097.068</v>
       </c>
     </row>
     <row r="3066" spans="1:2">
       <c r="A3066" s="1" t="s">
         <v>3066</v>
       </c>
       <c r="B3066" s="2">
-        <v>3082.629</v>
+        <v>3041.49</v>
       </c>
     </row>
     <row r="3067" spans="1:2">
       <c r="A3067" s="1" t="s">
         <v>3067</v>
       </c>
       <c r="B3067" s="2">
-        <v>3114.097</v>
+        <v>3076.051</v>
       </c>
     </row>
     <row r="3068" spans="1:2">
       <c r="A3068" s="1" t="s">
         <v>3068</v>
       </c>
       <c r="B3068" s="2">
-        <v>3075.344</v>
+        <v>3061.847</v>
       </c>
     </row>
     <row r="3069" spans="1:2">
       <c r="A3069" s="1" t="s">
         <v>3069</v>
       </c>
       <c r="B3069" s="2">
-        <v>3069.22</v>
+        <v>3047.145</v>
       </c>
     </row>
     <row r="3070" spans="1:2">
       <c r="A3070" s="1" t="s">
         <v>3070</v>
       </c>
       <c r="B3070" s="2">
-        <v>3027.274</v>
+        <v>3094.053</v>
       </c>
     </row>
     <row r="3071" spans="1:2">
       <c r="A3071" s="1" t="s">
         <v>3071</v>
       </c>
       <c r="B3071" s="2">
-        <v>2964.517</v>
+        <v>3082.629</v>
       </c>
     </row>
     <row r="3072" spans="1:2">
       <c r="A3072" s="1" t="s">
         <v>3072</v>
       </c>
       <c r="B3072" s="2">
-        <v>2984.997</v>
+        <v>3114.097</v>
       </c>
     </row>
     <row r="3073" spans="1:2">
       <c r="A3073" s="1" t="s">
         <v>3073</v>
       </c>
       <c r="B3073" s="2">
-        <v>2926.31</v>
+        <v>3075.344</v>
       </c>
     </row>
     <row r="3074" spans="1:2">
       <c r="A3074" s="1" t="s">
         <v>3074</v>
       </c>
       <c r="B3074" s="2">
-        <v>2957.261</v>
+        <v>3069.22</v>
       </c>
     </row>
     <row r="3075" spans="1:2">
       <c r="A3075" s="1" t="s">
         <v>3075</v>
       </c>
       <c r="B3075" s="2">
-        <v>2999.055</v>
+        <v>3027.274</v>
       </c>
     </row>
     <row r="3076" spans="1:2">
       <c r="A3076" s="1" t="s">
         <v>3076</v>
       </c>
       <c r="B3076" s="2">
-        <v>3020.081</v>
+        <v>2964.517</v>
       </c>
     </row>
     <row r="3077" spans="1:2">
       <c r="A3077" s="1" t="s">
         <v>3077</v>
       </c>
       <c r="B3077" s="2">
-        <v>3050.806</v>
+        <v>2984.997</v>
       </c>
     </row>
     <row r="3078" spans="1:2">
       <c r="A3078" s="1" t="s">
         <v>3078</v>
       </c>
       <c r="B3078" s="2">
-        <v>3066.001</v>
+        <v>2926.31</v>
       </c>
     </row>
     <row r="3079" spans="1:2">
       <c r="A3079" s="1" t="s">
         <v>3079</v>
       </c>
       <c r="B3079" s="2">
-        <v>3103.297</v>
+        <v>2957.261</v>
       </c>
     </row>
     <row r="3080" spans="1:2">
       <c r="A3080" s="1" t="s">
         <v>3080</v>
       </c>
       <c r="B3080" s="2">
-        <v>3085.03</v>
+        <v>2999.055</v>
       </c>
     </row>
     <row r="3081" spans="1:2">
       <c r="A3081" s="1" t="s">
         <v>3081</v>
       </c>
       <c r="B3081" s="2">
-        <v>3108.894</v>
+        <v>3020.081</v>
       </c>
     </row>
     <row r="3082" spans="1:2">
       <c r="A3082" s="1" t="s">
         <v>3082</v>
       </c>
       <c r="B3082" s="2">
-        <v>3132.366</v>
+        <v>3050.806</v>
       </c>
     </row>
     <row r="3083" spans="1:2">
       <c r="A3083" s="1" t="s">
         <v>3083</v>
       </c>
       <c r="B3083" s="2">
+        <v>3066.001</v>
+      </c>
+    </row>
+    <row r="3084" spans="1:2">
+      <c r="A3084" s="1" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B3084" s="2">
+        <v>3103.297</v>
+      </c>
+    </row>
+    <row r="3085" spans="1:2">
+      <c r="A3085" s="1" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B3085" s="2">
+        <v>3085.03</v>
+      </c>
+    </row>
+    <row r="3086" spans="1:2">
+      <c r="A3086" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B3086" s="2">
+        <v>3108.895</v>
+      </c>
+    </row>
+    <row r="3087" spans="1:2">
+      <c r="A3087" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B3087" s="2">
+        <v>3132.366</v>
+      </c>
+    </row>
+    <row r="3088" spans="1:2">
+      <c r="A3088" s="1" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B3088" s="2">
         <v>3146.593</v>
+      </c>
+    </row>
+    <row r="3089" spans="1:2">
+      <c r="A3089" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B3089" s="2">
+        <v>3162.775</v>
+      </c>
+    </row>
+    <row r="3090" spans="1:2">
+      <c r="A3090" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="B3090" s="2">
+        <v>3167.065</v>
+      </c>
+    </row>
+    <row r="3091" spans="1:2">
+      <c r="A3091" s="1" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B3091" s="2">
+        <v>3161.539</v>
+      </c>
+    </row>
+    <row r="3092" spans="1:2">
+      <c r="A3092" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B3092" s="2">
+        <v>3196.047</v>
+      </c>
+    </row>
+    <row r="3093" spans="1:2">
+      <c r="A3093" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="B3093" s="2">
+        <v>3168.06</v>
+      </c>
+    </row>
+    <row r="3094" spans="1:2">
+      <c r="A3094" s="1" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B3094" s="2">
+        <v>3159.339</v>
+      </c>
+    </row>
+    <row r="3095" spans="1:2">
+      <c r="A3095" s="1" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B3095" s="2">
+        <v>3150.633</v>
+      </c>
+    </row>
+    <row r="3096" spans="1:2">
+      <c r="A3096" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="B3096" s="2">
+        <v>3122.934</v>
+      </c>
+    </row>
+    <row r="3097" spans="1:2">
+      <c r="A3097" s="1" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B3097" s="2">
+        <v>3087.429</v>
+      </c>
+    </row>
+    <row r="3098" spans="1:2">
+      <c r="A3098" s="1" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B3098" s="2">
+        <v>3118.35</v>
+      </c>
+    </row>
+    <row r="3099" spans="1:2">
+      <c r="A3099" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="B3099" s="2">
+        <v>3148.774</v>
+      </c>
+    </row>
+    <row r="3100" spans="1:2">
+      <c r="A3100" s="1" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B3100" s="2">
+        <v>3163.387</v>
+      </c>
+    </row>
+    <row r="3101" spans="1:2">
+      <c r="A3101" s="1" t="s">
+        <v>3101</v>
+      </c>
+      <c r="B3101" s="2">
+        <v>3168.286</v>
+      </c>
+    </row>
+    <row r="3102" spans="1:2">
+      <c r="A3102" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B3102" s="2">
+        <v>3170.836</v>
+      </c>
+    </row>
+    <row r="3103" spans="1:2">
+      <c r="A3103" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="B3103" s="2">
+        <v>3171.547</v>
+      </c>
+    </row>
+    <row r="3104" spans="1:2">
+      <c r="A3104" s="1" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B3104" s="2">
+        <v>3173.477</v>
+      </c>
+    </row>
+    <row r="3105" spans="1:2">
+      <c r="A3105" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="B3105" s="2">
+        <v>3176.861</v>
+      </c>
+    </row>
+    <row r="3106" spans="1:2">
+      <c r="A3106" s="1" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B3106" s="2">
+        <v>3162.134</v>
+      </c>
+    </row>
+    <row r="3107" spans="1:2">
+      <c r="A3107" s="1" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B3107" s="2">
+        <v>3207.814</v>
+      </c>
+    </row>
+    <row r="3108" spans="1:2">
+      <c r="A3108" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="B3108" s="2">
+        <v>3250.192</v>
+      </c>
+    </row>
+    <row r="3109" spans="1:2">
+      <c r="A3109" s="1" t="s">
+        <v>3109</v>
+      </c>
+      <c r="B3109" s="2">
+        <v>3313.588</v>
+      </c>
+    </row>
+    <row r="3110" spans="1:2">
+      <c r="A3110" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B3110" s="2">
+        <v>3295.676</v>
+      </c>
+    </row>
+    <row r="3111" spans="1:2">
+      <c r="A3111" s="1" t="s">
+        <v>3111</v>
+      </c>
+      <c r="B3111" s="2">
+        <v>3263.775</v>
+      </c>
+    </row>
+    <row r="3112" spans="1:2">
+      <c r="A3112" s="1" t="s">
+        <v>3112</v>
+      </c>
+      <c r="B3112" s="2">
+        <v>3308.055</v>
+      </c>
+    </row>
+    <row r="3113" spans="1:2">
+      <c r="A3113" s="1" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B3113" s="2">
+        <v>3303.086</v>
+      </c>
+    </row>
+    <row r="3114" spans="1:2">
+      <c r="A3114" s="1" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B3114" s="2">
+        <v>3331.412</v>
+      </c>
+    </row>
+    <row r="3115" spans="1:2">
+      <c r="A3115" s="1" t="s">
+        <v>3115</v>
+      </c>
+      <c r="B3115" s="2">
+        <v>3340.102</v>
+      </c>
+    </row>
+    <row r="3116" spans="1:2">
+      <c r="A3116" s="1" t="s">
+        <v>3116</v>
+      </c>
+      <c r="B3116" s="2">
+        <v>3355.369</v>
+      </c>
+    </row>
+    <row r="3117" spans="1:2">
+      <c r="A3117" s="1" t="s">
+        <v>3117</v>
+      </c>
+      <c r="B3117" s="2">
+        <v>3353.194</v>
+      </c>
+    </row>
+    <row r="3118" spans="1:2">
+      <c r="A3118" s="1" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B3118" s="2">
+        <v>3334.533</v>
+      </c>
+    </row>
+    <row r="3119" spans="1:2">
+      <c r="A3119" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B3119" s="2">
+        <v>3264.833</v>
+      </c>
+    </row>
+    <row r="3120" spans="1:2">
+      <c r="A3120" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="B3120" s="2">
+        <v>3319.573</v>
+      </c>
+    </row>
+    <row r="3121" spans="1:2">
+      <c r="A3121" s="1" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B3121" s="2">
+        <v>3332.758</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">