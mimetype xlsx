--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHFMD_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3158">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>17/01/2014</t>
   </si>
   <si>
     <t>20/01/2014</t>
   </si>
   <si>
     <t>21/01/2014</t>
   </si>
   <si>
     <t>22/01/2014</t>
   </si>
   <si>
     <t>23/01/2014</t>
   </si>
   <si>
     <t>24/01/2014</t>
   </si>
   <si>
@@ -9378,50 +9378,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -9747,51 +9855,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B3121"/>
+  <dimension ref="A1:B3157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>1000</v>
@@ -34725,50 +34833,338 @@
         <v>3334.533</v>
       </c>
     </row>
     <row r="3119" spans="1:2">
       <c r="A3119" s="1" t="s">
         <v>3119</v>
       </c>
       <c r="B3119" s="2">
         <v>3264.833</v>
       </c>
     </row>
     <row r="3120" spans="1:2">
       <c r="A3120" s="1" t="s">
         <v>3120</v>
       </c>
       <c r="B3120" s="2">
         <v>3319.573</v>
       </c>
     </row>
     <row r="3121" spans="1:2">
       <c r="A3121" s="1" t="s">
         <v>3121</v>
       </c>
       <c r="B3121" s="2">
         <v>3332.758</v>
+      </c>
+    </row>
+    <row r="3122" spans="1:2">
+      <c r="A3122" s="1" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B3122" s="2">
+        <v>3321.465</v>
+      </c>
+    </row>
+    <row r="3123" spans="1:2">
+      <c r="A3123" s="1" t="s">
+        <v>3123</v>
+      </c>
+      <c r="B3123" s="2">
+        <v>3281.061</v>
+      </c>
+    </row>
+    <row r="3124" spans="1:2">
+      <c r="A3124" s="1" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B3124" s="2">
+        <v>3314.136</v>
+      </c>
+    </row>
+    <row r="3125" spans="1:2">
+      <c r="A3125" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B3125" s="2">
+        <v>3331.216</v>
+      </c>
+    </row>
+    <row r="3126" spans="1:2">
+      <c r="A3126" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="B3126" s="2">
+        <v>3337.277</v>
+      </c>
+    </row>
+    <row r="3127" spans="1:2">
+      <c r="A3127" s="1" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B3127" s="2">
+        <v>3302.713</v>
+      </c>
+    </row>
+    <row r="3128" spans="1:2">
+      <c r="A3128" s="1" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B3128" s="2">
+        <v>3332.102</v>
+      </c>
+    </row>
+    <row r="3129" spans="1:2">
+      <c r="A3129" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B3129" s="2">
+        <v>3352.615</v>
+      </c>
+    </row>
+    <row r="3130" spans="1:2">
+      <c r="A3130" s="1" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B3130" s="2">
+        <v>3330.48</v>
+      </c>
+    </row>
+    <row r="3131" spans="1:2">
+      <c r="A3131" s="1" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B3131" s="2">
+        <v>3298.078</v>
+      </c>
+    </row>
+    <row r="3132" spans="1:2">
+      <c r="A3132" s="1" t="s">
+        <v>3132</v>
+      </c>
+      <c r="B3132" s="2">
+        <v>3339.271</v>
+      </c>
+    </row>
+    <row r="3133" spans="1:2">
+      <c r="A3133" s="1" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B3133" s="2">
+        <v>3371.238</v>
+      </c>
+    </row>
+    <row r="3134" spans="1:2">
+      <c r="A3134" s="1" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B3134" s="2">
+        <v>3400.577</v>
+      </c>
+    </row>
+    <row r="3135" spans="1:2">
+      <c r="A3135" s="1" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B3135" s="2">
+        <v>3438.807</v>
+      </c>
+    </row>
+    <row r="3136" spans="1:2">
+      <c r="A3136" s="1" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B3136" s="2">
+        <v>3399.01</v>
+      </c>
+    </row>
+    <row r="3137" spans="1:2">
+      <c r="A3137" s="1" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B3137" s="2">
+        <v>3409.152</v>
+      </c>
+    </row>
+    <row r="3138" spans="1:2">
+      <c r="A3138" s="1" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B3138" s="2">
+        <v>3402.805</v>
+      </c>
+    </row>
+    <row r="3139" spans="1:2">
+      <c r="A3139" s="1" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B3139" s="2">
+        <v>3412.031</v>
+      </c>
+    </row>
+    <row r="3140" spans="1:2">
+      <c r="A3140" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B3140" s="2">
+        <v>3451.235</v>
+      </c>
+    </row>
+    <row r="3141" spans="1:2">
+      <c r="A3141" s="1" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B3141" s="2">
+        <v>3463.93</v>
+      </c>
+    </row>
+    <row r="3142" spans="1:2">
+      <c r="A3142" s="1" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B3142" s="2">
+        <v>3482.67</v>
+      </c>
+    </row>
+    <row r="3143" spans="1:2">
+      <c r="A3143" s="1" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B3143" s="2">
+        <v>3463.675</v>
+      </c>
+    </row>
+    <row r="3144" spans="1:2">
+      <c r="A3144" s="1" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B3144" s="2">
+        <v>3525.947</v>
+      </c>
+    </row>
+    <row r="3145" spans="1:2">
+      <c r="A3145" s="1" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B3145" s="2">
+        <v>3547.658</v>
+      </c>
+    </row>
+    <row r="3146" spans="1:2">
+      <c r="A3146" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="B3146" s="2">
+        <v>3515.152</v>
+      </c>
+    </row>
+    <row r="3147" spans="1:2">
+      <c r="A3147" s="1" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B3147" s="2">
+        <v>3518.71</v>
+      </c>
+    </row>
+    <row r="3148" spans="1:2">
+      <c r="A3148" s="1" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B3148" s="2">
+        <v>3520.878</v>
+      </c>
+    </row>
+    <row r="3149" spans="1:2">
+      <c r="A3149" s="1" t="s">
+        <v>3149</v>
+      </c>
+      <c r="B3149" s="2">
+        <v>3411.954</v>
+      </c>
+    </row>
+    <row r="3150" spans="1:2">
+      <c r="A3150" s="1" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B3150" s="2">
+        <v>3395.825</v>
+      </c>
+    </row>
+    <row r="3151" spans="1:2">
+      <c r="A3151" s="1" t="s">
+        <v>3151</v>
+      </c>
+      <c r="B3151" s="2">
+        <v>3375.032</v>
+      </c>
+    </row>
+    <row r="3152" spans="1:2">
+      <c r="A3152" s="1" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B3152" s="2">
+        <v>3337.241</v>
+      </c>
+    </row>
+    <row r="3153" spans="1:2">
+      <c r="A3153" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="B3153" s="2">
+        <v>3290.087</v>
+      </c>
+    </row>
+    <row r="3154" spans="1:2">
+      <c r="A3154" s="1" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B3154" s="2">
+        <v>3342.216</v>
+      </c>
+    </row>
+    <row r="3155" spans="1:2">
+      <c r="A3155" s="1" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B3155" s="2">
+        <v>3393.475</v>
+      </c>
+    </row>
+    <row r="3156" spans="1:2">
+      <c r="A3156" s="1" t="s">
+        <v>3156</v>
+      </c>
+      <c r="B3156" s="2">
+        <v>3340.458</v>
+      </c>
+    </row>
+    <row r="3157" spans="1:2">
+      <c r="A3157" s="1" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B3157" s="2">
+        <v>3323.748</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">