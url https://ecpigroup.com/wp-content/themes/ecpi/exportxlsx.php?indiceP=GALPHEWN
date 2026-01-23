--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHEWN_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3578">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3616">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
     <t>02/03/2012</t>
   </si>
   <si>
     <t>05/03/2012</t>
   </si>
   <si>
     <t>06/03/2012</t>
   </si>
   <si>
     <t>07/03/2012</t>
   </si>
   <si>
     <t>08/03/2012</t>
   </si>
   <si>
@@ -10673,50 +10673,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -10746,50 +10761,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -11115,51 +11229,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B3577"/>
+  <dimension ref="A1:B3615"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>1000</v>
@@ -39548,243 +39662,547 @@
       <c r="B3550" s="2">
         <v>4057.299</v>
       </c>
     </row>
     <row r="3551" spans="1:2">
       <c r="A3551" s="1" t="s">
         <v>3551</v>
       </c>
       <c r="B3551" s="2">
         <v>4036.065</v>
       </c>
     </row>
     <row r="3552" spans="1:2">
       <c r="A3552" s="1" t="s">
         <v>3552</v>
       </c>
       <c r="B3552" s="2">
         <v>4054.871</v>
       </c>
     </row>
     <row r="3553" spans="1:2">
       <c r="A3553" s="1" t="s">
         <v>3553</v>
       </c>
       <c r="B3553" s="2">
-        <v>4102.266</v>
+        <v>4081.921</v>
       </c>
     </row>
     <row r="3554" spans="1:2">
       <c r="A3554" s="1" t="s">
         <v>3554</v>
       </c>
       <c r="B3554" s="2">
-        <v>4107.98</v>
+        <v>4127.35</v>
       </c>
     </row>
     <row r="3555" spans="1:2">
       <c r="A3555" s="1" t="s">
         <v>3555</v>
       </c>
       <c r="B3555" s="2">
-        <v>4064.35</v>
+        <v>4127.094</v>
       </c>
     </row>
     <row r="3556" spans="1:2">
       <c r="A3556" s="1" t="s">
         <v>3556</v>
       </c>
       <c r="B3556" s="2">
-        <v>4077.759</v>
+        <v>4122.651</v>
       </c>
     </row>
     <row r="3557" spans="1:2">
       <c r="A3557" s="1" t="s">
         <v>3557</v>
       </c>
       <c r="B3557" s="2">
-        <v>4046.498</v>
+        <v>4094.802</v>
       </c>
     </row>
     <row r="3558" spans="1:2">
       <c r="A3558" s="1" t="s">
         <v>3558</v>
       </c>
       <c r="B3558" s="2">
-        <v>4041.044</v>
+        <v>4102.266</v>
       </c>
     </row>
     <row r="3559" spans="1:2">
       <c r="A3559" s="1" t="s">
         <v>3559</v>
       </c>
       <c r="B3559" s="2">
-        <v>4096.902</v>
+        <v>4107.98</v>
       </c>
     </row>
     <row r="3560" spans="1:2">
       <c r="A3560" s="1" t="s">
         <v>3560</v>
       </c>
       <c r="B3560" s="2">
-        <v>4111.625</v>
+        <v>4064.35</v>
       </c>
     </row>
     <row r="3561" spans="1:2">
       <c r="A3561" s="1" t="s">
         <v>3561</v>
       </c>
       <c r="B3561" s="2">
-        <v>4123.641</v>
+        <v>4077.759</v>
       </c>
     </row>
     <row r="3562" spans="1:2">
       <c r="A3562" s="1" t="s">
         <v>3562</v>
       </c>
       <c r="B3562" s="2">
-        <v>4067.254</v>
+        <v>4046.498</v>
       </c>
     </row>
     <row r="3563" spans="1:2">
       <c r="A3563" s="1" t="s">
         <v>3563</v>
       </c>
       <c r="B3563" s="2">
-        <v>4053.311</v>
+        <v>4041.044</v>
       </c>
     </row>
     <row r="3564" spans="1:2">
       <c r="A3564" s="1" t="s">
         <v>3564</v>
       </c>
       <c r="B3564" s="2">
-        <v>4020.889</v>
+        <v>4096.902</v>
       </c>
     </row>
     <row r="3565" spans="1:2">
       <c r="A3565" s="1" t="s">
         <v>3565</v>
       </c>
       <c r="B3565" s="2">
-        <v>3977.186</v>
+        <v>4111.625</v>
       </c>
     </row>
     <row r="3566" spans="1:2">
       <c r="A3566" s="1" t="s">
         <v>3566</v>
       </c>
       <c r="B3566" s="2">
-        <v>3989.551</v>
+        <v>4123.641</v>
       </c>
     </row>
     <row r="3567" spans="1:2">
       <c r="A3567" s="1" t="s">
         <v>3567</v>
       </c>
       <c r="B3567" s="2">
-        <v>3948.929</v>
+        <v>4067.254</v>
       </c>
     </row>
     <row r="3568" spans="1:2">
       <c r="A3568" s="1" t="s">
         <v>3568</v>
       </c>
       <c r="B3568" s="2">
-        <v>3975.526</v>
+        <v>4053.311</v>
       </c>
     </row>
     <row r="3569" spans="1:2">
       <c r="A3569" s="1" t="s">
         <v>3569</v>
       </c>
       <c r="B3569" s="2">
-        <v>4028.833</v>
+        <v>4020.889</v>
       </c>
     </row>
     <row r="3570" spans="1:2">
       <c r="A3570" s="1" t="s">
         <v>3570</v>
       </c>
       <c r="B3570" s="2">
-        <v>4065.474</v>
+        <v>3977.186</v>
       </c>
     </row>
     <row r="3571" spans="1:2">
       <c r="A3571" s="1" t="s">
         <v>3571</v>
       </c>
       <c r="B3571" s="2">
-        <v>4096.769</v>
+        <v>3989.551</v>
       </c>
     </row>
     <row r="3572" spans="1:2">
       <c r="A3572" s="1" t="s">
         <v>3572</v>
       </c>
       <c r="B3572" s="2">
-        <v>4098.188</v>
+        <v>3948.929</v>
       </c>
     </row>
     <row r="3573" spans="1:2">
       <c r="A3573" s="1" t="s">
         <v>3573</v>
       </c>
       <c r="B3573" s="2">
-        <v>4116.24</v>
+        <v>3975.526</v>
       </c>
     </row>
     <row r="3574" spans="1:2">
       <c r="A3574" s="1" t="s">
         <v>3574</v>
       </c>
       <c r="B3574" s="2">
-        <v>4094.508</v>
+        <v>4028.833</v>
       </c>
     </row>
     <row r="3575" spans="1:2">
       <c r="A3575" s="1" t="s">
         <v>3575</v>
       </c>
       <c r="B3575" s="2">
-        <v>4103.344</v>
+        <v>4065.474</v>
       </c>
     </row>
     <row r="3576" spans="1:2">
       <c r="A3576" s="1" t="s">
         <v>3576</v>
       </c>
       <c r="B3576" s="2">
-        <v>4112.347</v>
+        <v>4096.769</v>
       </c>
     </row>
     <row r="3577" spans="1:2">
       <c r="A3577" s="1" t="s">
         <v>3577</v>
       </c>
       <c r="B3577" s="2">
+        <v>4098.188</v>
+      </c>
+    </row>
+    <row r="3578" spans="1:2">
+      <c r="A3578" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B3578" s="2">
+        <v>4116.24</v>
+      </c>
+    </row>
+    <row r="3579" spans="1:2">
+      <c r="A3579" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B3579" s="2">
+        <v>4094.508</v>
+      </c>
+    </row>
+    <row r="3580" spans="1:2">
+      <c r="A3580" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B3580" s="2">
+        <v>4103.344</v>
+      </c>
+    </row>
+    <row r="3581" spans="1:2">
+      <c r="A3581" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="B3581" s="2">
+        <v>4112.347</v>
+      </c>
+    </row>
+    <row r="3582" spans="1:2">
+      <c r="A3582" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B3582" s="2">
         <v>4121.445</v>
+      </c>
+    </row>
+    <row r="3583" spans="1:2">
+      <c r="A3583" s="1" t="s">
+        <v>3583</v>
+      </c>
+      <c r="B3583" s="2">
+        <v>4126.582</v>
+      </c>
+    </row>
+    <row r="3584" spans="1:2">
+      <c r="A3584" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B3584" s="2">
+        <v>4114.983</v>
+      </c>
+    </row>
+    <row r="3585" spans="1:2">
+      <c r="A3585" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="B3585" s="2">
+        <v>4109.956</v>
+      </c>
+    </row>
+    <row r="3586" spans="1:2">
+      <c r="A3586" s="1" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B3586" s="2">
+        <v>4133.969</v>
+      </c>
+    </row>
+    <row r="3587" spans="1:2">
+      <c r="A3587" s="1" t="s">
+        <v>3587</v>
+      </c>
+      <c r="B3587" s="2">
+        <v>4139.016</v>
+      </c>
+    </row>
+    <row r="3588" spans="1:2">
+      <c r="A3588" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B3588" s="2">
+        <v>4108.621</v>
+      </c>
+    </row>
+    <row r="3589" spans="1:2">
+      <c r="A3589" s="1" t="s">
+        <v>3589</v>
+      </c>
+      <c r="B3589" s="2">
+        <v>4102.905</v>
+      </c>
+    </row>
+    <row r="3590" spans="1:2">
+      <c r="A3590" s="1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B3590" s="2">
+        <v>4087.363</v>
+      </c>
+    </row>
+    <row r="3591" spans="1:2">
+      <c r="A3591" s="1" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B3591" s="2">
+        <v>4049.97</v>
+      </c>
+    </row>
+    <row r="3592" spans="1:2">
+      <c r="A3592" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B3592" s="2">
+        <v>4079.568</v>
+      </c>
+    </row>
+    <row r="3593" spans="1:2">
+      <c r="A3593" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B3593" s="2">
+        <v>4110.551</v>
+      </c>
+    </row>
+    <row r="3594" spans="1:2">
+      <c r="A3594" s="1" t="s">
+        <v>3594</v>
+      </c>
+      <c r="B3594" s="2">
+        <v>4130.924</v>
+      </c>
+    </row>
+    <row r="3595" spans="1:2">
+      <c r="A3595" s="1" t="s">
+        <v>3595</v>
+      </c>
+      <c r="B3595" s="2">
+        <v>4146.565</v>
+      </c>
+    </row>
+    <row r="3596" spans="1:2">
+      <c r="A3596" s="1" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B3596" s="2">
+        <v>4154.493</v>
+      </c>
+    </row>
+    <row r="3597" spans="1:2">
+      <c r="A3597" s="1" t="s">
+        <v>3597</v>
+      </c>
+      <c r="B3597" s="2">
+        <v>4156.381</v>
+      </c>
+    </row>
+    <row r="3598" spans="1:2">
+      <c r="A3598" s="1" t="s">
+        <v>3598</v>
+      </c>
+      <c r="B3598" s="2">
+        <v>4145.102</v>
+      </c>
+    </row>
+    <row r="3599" spans="1:2">
+      <c r="A3599" s="1" t="s">
+        <v>3599</v>
+      </c>
+      <c r="B3599" s="2">
+        <v>4143.786</v>
+      </c>
+    </row>
+    <row r="3600" spans="1:2">
+      <c r="A3600" s="1" t="s">
+        <v>3600</v>
+      </c>
+      <c r="B3600" s="2">
+        <v>4121.658</v>
+      </c>
+    </row>
+    <row r="3601" spans="1:2">
+      <c r="A3601" s="1" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B3601" s="2">
+        <v>4137.175</v>
+      </c>
+    </row>
+    <row r="3602" spans="1:2">
+      <c r="A3602" s="1" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B3602" s="2">
+        <v>4168.27</v>
+      </c>
+    </row>
+    <row r="3603" spans="1:2">
+      <c r="A3603" s="1" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B3603" s="2">
+        <v>4201.648</v>
+      </c>
+    </row>
+    <row r="3604" spans="1:2">
+      <c r="A3604" s="1" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B3604" s="2">
+        <v>4186.965</v>
+      </c>
+    </row>
+    <row r="3605" spans="1:2">
+      <c r="A3605" s="1" t="s">
+        <v>3605</v>
+      </c>
+      <c r="B3605" s="2">
+        <v>4182.645</v>
+      </c>
+    </row>
+    <row r="3606" spans="1:2">
+      <c r="A3606" s="1" t="s">
+        <v>3606</v>
+      </c>
+      <c r="B3606" s="2">
+        <v>4209.888</v>
+      </c>
+    </row>
+    <row r="3607" spans="1:2">
+      <c r="A3607" s="1" t="s">
+        <v>3607</v>
+      </c>
+      <c r="B3607" s="2">
+        <v>4217.969</v>
+      </c>
+    </row>
+    <row r="3608" spans="1:2">
+      <c r="A3608" s="1" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B3608" s="2">
+        <v>4214.766</v>
+      </c>
+    </row>
+    <row r="3609" spans="1:2">
+      <c r="A3609" s="1" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B3609" s="2">
+        <v>4201.391</v>
+      </c>
+    </row>
+    <row r="3610" spans="1:2">
+      <c r="A3610" s="1" t="s">
+        <v>3610</v>
+      </c>
+      <c r="B3610" s="2">
+        <v>4215.698</v>
+      </c>
+    </row>
+    <row r="3611" spans="1:2">
+      <c r="A3611" s="1" t="s">
+        <v>3611</v>
+      </c>
+      <c r="B3611" s="2">
+        <v>4212.544</v>
+      </c>
+    </row>
+    <row r="3612" spans="1:2">
+      <c r="A3612" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B3612" s="2">
+        <v>4201.745</v>
+      </c>
+    </row>
+    <row r="3613" spans="1:2">
+      <c r="A3613" s="1" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B3613" s="2">
+        <v>4127.87</v>
+      </c>
+    </row>
+    <row r="3614" spans="1:2">
+      <c r="A3614" s="1" t="s">
+        <v>3614</v>
+      </c>
+      <c r="B3614" s="2">
+        <v>4157.87</v>
+      </c>
+    </row>
+    <row r="3615" spans="1:2">
+      <c r="A3615" s="1" t="s">
+        <v>3615</v>
+      </c>
+      <c r="B3615" s="2">
+        <v>4184.343</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">