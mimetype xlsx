--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHEMP_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2400">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2439">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>PRICE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>16/09/2016</t>
   </si>
   <si>
     <t>19/09/2016</t>
   </si>
   <si>
     <t>20/09/2016</t>
   </si>
   <si>
     <t>21/09/2016</t>
   </si>
   <si>
@@ -7139,50 +7139,65 @@
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>13/11/2025</t>
@@ -7212,50 +7227,152 @@
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>25/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -7581,51 +7698,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2397"/>
+  <dimension ref="A1:D2436"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
     <col min="4" max="4" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
@@ -40744,457 +40861,1003 @@
     <row r="2367" spans="1:4">
       <c r="A2367" s="1" t="s">
         <v>2369</v>
       </c>
       <c r="B2367" s="2">
         <v>1259.437</v>
       </c>
       <c r="C2367" s="2">
         <v>1615.503</v>
       </c>
       <c r="D2367" s="2">
         <v>1565.498</v>
       </c>
     </row>
     <row r="2368" spans="1:4">
       <c r="A2368" s="1" t="s">
         <v>2370</v>
       </c>
       <c r="B2368" s="2">
         <v>1279.36</v>
       </c>
       <c r="C2368" s="2">
         <v>1641.107</v>
       </c>
       <c r="D2368" s="2">
-        <v>1590.299</v>
+        <v>1590.3</v>
       </c>
     </row>
     <row r="2369" spans="1:4">
       <c r="A2369" s="1" t="s">
         <v>2371</v>
       </c>
       <c r="B2369" s="2">
         <v>1282.991</v>
       </c>
       <c r="C2369" s="2">
-        <v>1645.764</v>
+        <v>1645.765</v>
       </c>
       <c r="D2369" s="2">
-        <v>1594.812</v>
+        <v>1594.813</v>
       </c>
     </row>
     <row r="2370" spans="1:4">
       <c r="A2370" s="1" t="s">
         <v>2372</v>
       </c>
       <c r="B2370" s="2">
-        <v>1277.375</v>
+        <v>1277.376</v>
       </c>
       <c r="C2370" s="2">
-        <v>1638.641</v>
+        <v>1638.642</v>
       </c>
       <c r="D2370" s="2">
         <v>1587.895</v>
       </c>
     </row>
     <row r="2371" spans="1:4">
       <c r="A2371" s="1" t="s">
         <v>2373</v>
       </c>
       <c r="B2371" s="2">
         <v>1282.933</v>
       </c>
       <c r="C2371" s="2">
-        <v>1645.816</v>
+        <v>1645.817</v>
       </c>
       <c r="D2371" s="2">
-        <v>1594.847</v>
+        <v>1594.848</v>
       </c>
     </row>
     <row r="2372" spans="1:4">
       <c r="A2372" s="1" t="s">
         <v>2374</v>
       </c>
       <c r="B2372" s="2">
         <v>1283.434</v>
       </c>
       <c r="C2372" s="2">
-        <v>1646.538</v>
+        <v>1646.539</v>
       </c>
       <c r="D2372" s="2">
-        <v>1595.547</v>
+        <v>1595.548</v>
       </c>
     </row>
     <row r="2373" spans="1:4">
       <c r="A2373" s="1" t="s">
         <v>2375</v>
       </c>
       <c r="B2373" s="2">
-        <v>1297.317</v>
+        <v>1292.33</v>
       </c>
       <c r="C2373" s="2">
-        <v>1664.749</v>
+        <v>1658.311</v>
       </c>
       <c r="D2373" s="2">
-        <v>1613.122</v>
+        <v>1606.885</v>
       </c>
     </row>
     <row r="2374" spans="1:4">
       <c r="A2374" s="1" t="s">
         <v>2376</v>
       </c>
       <c r="B2374" s="2">
-        <v>1290.296</v>
+        <v>1289.263</v>
       </c>
       <c r="C2374" s="2">
-        <v>1655.871</v>
+        <v>1654.383</v>
       </c>
       <c r="D2374" s="2">
-        <v>1604.508</v>
+        <v>1603.078</v>
       </c>
     </row>
     <row r="2375" spans="1:4">
       <c r="A2375" s="1" t="s">
         <v>2377</v>
       </c>
       <c r="B2375" s="2">
-        <v>1291.507</v>
+        <v>1294.569</v>
       </c>
       <c r="C2375" s="2">
-        <v>1657.426</v>
+        <v>1661.191</v>
       </c>
       <c r="D2375" s="2">
-        <v>1606.014</v>
+        <v>1609.675</v>
       </c>
     </row>
     <row r="2376" spans="1:4">
       <c r="A2376" s="1" t="s">
         <v>2378</v>
       </c>
       <c r="B2376" s="2">
-        <v>1293.884</v>
+        <v>1293.633</v>
       </c>
       <c r="C2376" s="2">
-        <v>1660.59</v>
+        <v>1659.99</v>
       </c>
       <c r="D2376" s="2">
-        <v>1609.063</v>
+        <v>1608.512</v>
       </c>
     </row>
     <row r="2377" spans="1:4">
       <c r="A2377" s="1" t="s">
         <v>2379</v>
       </c>
       <c r="B2377" s="2">
-        <v>1280.986</v>
+        <v>1288.63</v>
       </c>
       <c r="C2377" s="2">
-        <v>1644.313</v>
+        <v>1653.594</v>
       </c>
       <c r="D2377" s="2">
-        <v>1593.255</v>
+        <v>1602.314</v>
       </c>
     </row>
     <row r="2378" spans="1:4">
       <c r="A2378" s="1" t="s">
         <v>2380</v>
       </c>
       <c r="B2378" s="2">
-        <v>1295.85</v>
+        <v>1297.317</v>
       </c>
       <c r="C2378" s="2">
-        <v>1663.703</v>
+        <v>1664.749</v>
       </c>
       <c r="D2378" s="2">
-        <v>1612.025</v>
+        <v>1613.122</v>
       </c>
     </row>
     <row r="2379" spans="1:4">
       <c r="A2379" s="1" t="s">
         <v>2381</v>
       </c>
       <c r="B2379" s="2">
-        <v>1294.503</v>
+        <v>1290.296</v>
       </c>
       <c r="C2379" s="2">
-        <v>1662.003</v>
+        <v>1655.871</v>
       </c>
       <c r="D2379" s="2">
-        <v>1610.373</v>
+        <v>1604.508</v>
       </c>
     </row>
     <row r="2380" spans="1:4">
       <c r="A2380" s="1" t="s">
         <v>2382</v>
       </c>
       <c r="B2380" s="2">
-        <v>1303.449</v>
+        <v>1291.507</v>
       </c>
       <c r="C2380" s="2">
-        <v>1673.541</v>
+        <v>1657.426</v>
       </c>
       <c r="D2380" s="2">
-        <v>1621.553</v>
+        <v>1606.014</v>
       </c>
     </row>
     <row r="2381" spans="1:4">
       <c r="A2381" s="1" t="s">
         <v>2383</v>
       </c>
       <c r="B2381" s="2">
-        <v>1300.986</v>
+        <v>1293.884</v>
       </c>
       <c r="C2381" s="2">
-        <v>1670.379</v>
+        <v>1660.59</v>
       </c>
       <c r="D2381" s="2">
-        <v>1618.489</v>
+        <v>1609.063</v>
       </c>
     </row>
     <row r="2382" spans="1:4">
       <c r="A2382" s="1" t="s">
         <v>2384</v>
       </c>
       <c r="B2382" s="2">
-        <v>1288.547</v>
+        <v>1280.986</v>
       </c>
       <c r="C2382" s="2">
-        <v>1654.408</v>
+        <v>1644.313</v>
       </c>
       <c r="D2382" s="2">
-        <v>1603.014</v>
+        <v>1593.255</v>
       </c>
     </row>
     <row r="2383" spans="1:4">
       <c r="A2383" s="1" t="s">
         <v>2385</v>
       </c>
       <c r="B2383" s="2">
-        <v>1288.103</v>
+        <v>1295.85</v>
       </c>
       <c r="C2383" s="2">
-        <v>1653.838</v>
+        <v>1663.703</v>
       </c>
       <c r="D2383" s="2">
-        <v>1602.462</v>
+        <v>1612.025</v>
       </c>
     </row>
     <row r="2384" spans="1:4">
       <c r="A2384" s="1" t="s">
         <v>2386</v>
       </c>
       <c r="B2384" s="2">
-        <v>1270.067</v>
+        <v>1294.503</v>
       </c>
       <c r="C2384" s="2">
-        <v>1630.781</v>
+        <v>1662.003</v>
       </c>
       <c r="D2384" s="2">
-        <v>1580.111</v>
+        <v>1610.373</v>
       </c>
     </row>
     <row r="2385" spans="1:4">
       <c r="A2385" s="1" t="s">
         <v>2387</v>
       </c>
       <c r="B2385" s="2">
-        <v>1274.536</v>
+        <v>1303.449</v>
       </c>
       <c r="C2385" s="2">
-        <v>1636.561</v>
+        <v>1673.541</v>
       </c>
       <c r="D2385" s="2">
-        <v>1585.703</v>
+        <v>1621.553</v>
       </c>
     </row>
     <row r="2386" spans="1:4">
       <c r="A2386" s="1" t="s">
         <v>2388</v>
       </c>
       <c r="B2386" s="2">
-        <v>1285.416</v>
+        <v>1300.986</v>
       </c>
       <c r="C2386" s="2">
-        <v>1650.532</v>
+        <v>1670.379</v>
       </c>
       <c r="D2386" s="2">
-        <v>1599.24</v>
+        <v>1618.489</v>
       </c>
     </row>
     <row r="2387" spans="1:4">
       <c r="A2387" s="1" t="s">
         <v>2389</v>
       </c>
       <c r="B2387" s="2">
-        <v>1261.557</v>
+        <v>1288.547</v>
       </c>
       <c r="C2387" s="2">
-        <v>1619.896</v>
+        <v>1654.408</v>
       </c>
       <c r="D2387" s="2">
-        <v>1569.555</v>
+        <v>1603.014</v>
       </c>
     </row>
     <row r="2388" spans="1:4">
       <c r="A2388" s="1" t="s">
         <v>2390</v>
       </c>
       <c r="B2388" s="2">
-        <v>1270.261</v>
+        <v>1288.103</v>
       </c>
       <c r="C2388" s="2">
-        <v>1631.072</v>
+        <v>1653.838</v>
       </c>
       <c r="D2388" s="2">
-        <v>1580.385</v>
+        <v>1602.462</v>
       </c>
     </row>
     <row r="2389" spans="1:4">
       <c r="A2389" s="1" t="s">
         <v>2391</v>
       </c>
       <c r="B2389" s="2">
-        <v>1272.39</v>
+        <v>1270.067</v>
       </c>
       <c r="C2389" s="2">
-        <v>1633.814</v>
+        <v>1630.781</v>
       </c>
       <c r="D2389" s="2">
-        <v>1583.04</v>
+        <v>1580.111</v>
       </c>
     </row>
     <row r="2390" spans="1:4">
       <c r="A2390" s="1" t="s">
         <v>2392</v>
       </c>
       <c r="B2390" s="2">
-        <v>1286.213</v>
+        <v>1274.536</v>
       </c>
       <c r="C2390" s="2">
-        <v>1651.609</v>
+        <v>1636.561</v>
       </c>
       <c r="D2390" s="2">
-        <v>1600.273</v>
+        <v>1585.703</v>
       </c>
     </row>
     <row r="2391" spans="1:4">
       <c r="A2391" s="1" t="s">
         <v>2393</v>
       </c>
       <c r="B2391" s="2">
-        <v>1285.828</v>
+        <v>1285.416</v>
       </c>
       <c r="C2391" s="2">
-        <v>1651.139</v>
+        <v>1650.532</v>
       </c>
       <c r="D2391" s="2">
-        <v>1599.816</v>
+        <v>1599.24</v>
       </c>
     </row>
     <row r="2392" spans="1:4">
       <c r="A2392" s="1" t="s">
         <v>2394</v>
       </c>
       <c r="B2392" s="2">
-        <v>1283.428</v>
+        <v>1261.557</v>
       </c>
       <c r="C2392" s="2">
-        <v>1648.057</v>
+        <v>1619.896</v>
       </c>
       <c r="D2392" s="2">
-        <v>1596.829</v>
+        <v>1569.555</v>
       </c>
     </row>
     <row r="2393" spans="1:4">
       <c r="A2393" s="1" t="s">
         <v>2395</v>
       </c>
       <c r="B2393" s="2">
-        <v>1284.374</v>
+        <v>1270.261</v>
       </c>
       <c r="C2393" s="2">
-        <v>1649.288</v>
+        <v>1631.072</v>
       </c>
       <c r="D2393" s="2">
-        <v>1598.02</v>
+        <v>1580.385</v>
       </c>
     </row>
     <row r="2394" spans="1:4">
       <c r="A2394" s="1" t="s">
         <v>2396</v>
       </c>
       <c r="B2394" s="2">
-        <v>1286.488</v>
+        <v>1272.39</v>
       </c>
       <c r="C2394" s="2">
-        <v>1652.282</v>
+        <v>1633.814</v>
       </c>
       <c r="D2394" s="2">
-        <v>1600.909</v>
+        <v>1583.04</v>
       </c>
     </row>
     <row r="2395" spans="1:4">
       <c r="A2395" s="1" t="s">
         <v>2397</v>
       </c>
       <c r="B2395" s="2">
-        <v>1277.889</v>
+        <v>1286.213</v>
       </c>
       <c r="C2395" s="2">
-        <v>1641.47</v>
+        <v>1651.609</v>
       </c>
       <c r="D2395" s="2">
-        <v>1590.393</v>
+        <v>1600.273</v>
       </c>
     </row>
     <row r="2396" spans="1:4">
       <c r="A2396" s="1" t="s">
         <v>2398</v>
       </c>
       <c r="B2396" s="2">
-        <v>1282.948</v>
+        <v>1285.828</v>
       </c>
       <c r="C2396" s="2">
-        <v>1648.017</v>
+        <v>1651.139</v>
       </c>
       <c r="D2396" s="2">
-        <v>1596.736</v>
+        <v>1599.816</v>
       </c>
     </row>
     <row r="2397" spans="1:4">
       <c r="A2397" s="1" t="s">
         <v>2399</v>
       </c>
       <c r="B2397" s="2">
+        <v>1283.428</v>
+      </c>
+      <c r="C2397" s="2">
+        <v>1648.057</v>
+      </c>
+      <c r="D2397" s="2">
+        <v>1596.829</v>
+      </c>
+    </row>
+    <row r="2398" spans="1:4">
+      <c r="A2398" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B2398" s="2">
+        <v>1284.375</v>
+      </c>
+      <c r="C2398" s="2">
+        <v>1649.289</v>
+      </c>
+      <c r="D2398" s="2">
+        <v>1598.02</v>
+      </c>
+    </row>
+    <row r="2399" spans="1:4">
+      <c r="A2399" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B2399" s="2">
+        <v>1286.489</v>
+      </c>
+      <c r="C2399" s="2">
+        <v>1652.282</v>
+      </c>
+      <c r="D2399" s="2">
+        <v>1600.91</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:4">
+      <c r="A2400" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B2400" s="2">
+        <v>1277.889</v>
+      </c>
+      <c r="C2400" s="2">
+        <v>1641.47</v>
+      </c>
+      <c r="D2400" s="2">
+        <v>1590.393</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:4">
+      <c r="A2401" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B2401" s="2">
+        <v>1282.948</v>
+      </c>
+      <c r="C2401" s="2">
+        <v>1648.017</v>
+      </c>
+      <c r="D2401" s="2">
+        <v>1596.736</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:4">
+      <c r="A2402" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B2402" s="2">
         <v>1287.866</v>
       </c>
-      <c r="C2397" s="2">
+      <c r="C2402" s="2">
         <v>1654.344</v>
       </c>
-      <c r="D2397" s="2">
+      <c r="D2402" s="2">
         <v>1602.866</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:4">
+      <c r="A2403" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B2403" s="2">
+        <v>1284.722</v>
+      </c>
+      <c r="C2403" s="2">
+        <v>1650.743</v>
+      </c>
+      <c r="D2403" s="2">
+        <v>1599.342</v>
+      </c>
+    </row>
+    <row r="2404" spans="1:4">
+      <c r="A2404" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B2404" s="2">
+        <v>1278.059</v>
+      </c>
+      <c r="C2404" s="2">
+        <v>1642.193</v>
+      </c>
+      <c r="D2404" s="2">
+        <v>1591.059</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:4">
+      <c r="A2405" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B2405" s="2">
+        <v>1278.427</v>
+      </c>
+      <c r="C2405" s="2">
+        <v>1643.968</v>
+      </c>
+      <c r="D2405" s="2">
+        <v>1592.77</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:4">
+      <c r="A2406" s="1" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B2406" s="2">
+        <v>1266.69</v>
+      </c>
+      <c r="C2406" s="2">
+        <v>1629.188</v>
+      </c>
+      <c r="D2406" s="2">
+        <v>1578.395</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:4">
+      <c r="A2407" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B2407" s="2">
+        <v>1280.098</v>
+      </c>
+      <c r="C2407" s="2">
+        <v>1646.482</v>
+      </c>
+      <c r="D2407" s="2">
+        <v>1595.147</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:4">
+      <c r="A2408" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B2408" s="2">
+        <v>1272.358</v>
+      </c>
+      <c r="C2408" s="2">
+        <v>1636.577</v>
+      </c>
+      <c r="D2408" s="2">
+        <v>1585.545</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:4">
+      <c r="A2409" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B2409" s="2">
+        <v>1256.642</v>
+      </c>
+      <c r="C2409" s="2">
+        <v>1616.476</v>
+      </c>
+      <c r="D2409" s="2">
+        <v>1566.061</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:4">
+      <c r="A2410" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B2410" s="2">
+        <v>1263.071</v>
+      </c>
+      <c r="C2410" s="2">
+        <v>1624.77</v>
+      </c>
+      <c r="D2410" s="2">
+        <v>1574.094</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:4">
+      <c r="A2411" s="1" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B2411" s="2">
+        <v>1267.726</v>
+      </c>
+      <c r="C2411" s="2">
+        <v>1630.859</v>
+      </c>
+      <c r="D2411" s="2">
+        <v>1579.965</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:4">
+      <c r="A2412" s="1" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B2412" s="2">
+        <v>1280.832</v>
+      </c>
+      <c r="C2412" s="2">
+        <v>1647.982</v>
+      </c>
+      <c r="D2412" s="2">
+        <v>1596.553</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:4">
+      <c r="A2413" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B2413" s="2">
+        <v>1283.737</v>
+      </c>
+      <c r="C2413" s="2">
+        <v>1651.862</v>
+      </c>
+      <c r="D2413" s="2">
+        <v>1600.309</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:4">
+      <c r="A2414" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B2414" s="2">
+        <v>1282.863</v>
+      </c>
+      <c r="C2414" s="2">
+        <v>1650.756</v>
+      </c>
+      <c r="D2414" s="2">
+        <v>1599.237</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:4">
+      <c r="A2415" s="1" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B2415" s="2">
+        <v>1285.163</v>
+      </c>
+      <c r="C2415" s="2">
+        <v>1653.716</v>
+      </c>
+      <c r="D2415" s="2">
+        <v>1602.105</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:4">
+      <c r="A2416" s="1" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B2416" s="2">
+        <v>1284.808</v>
+      </c>
+      <c r="C2416" s="2">
+        <v>1653.26</v>
+      </c>
+      <c r="D2416" s="2">
+        <v>1601.663</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:4">
+      <c r="A2417" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B2417" s="2">
+        <v>1284.995</v>
+      </c>
+      <c r="C2417" s="2">
+        <v>1653.635</v>
+      </c>
+      <c r="D2417" s="2">
+        <v>1602.006</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:4">
+      <c r="A2418" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B2418" s="2">
+        <v>1279.796</v>
+      </c>
+      <c r="C2418" s="2">
+        <v>1646.945</v>
+      </c>
+      <c r="D2418" s="2">
+        <v>1595.525</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:4">
+      <c r="A2419" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B2419" s="2">
+        <v>1284.193</v>
+      </c>
+      <c r="C2419" s="2">
+        <v>1652.983</v>
+      </c>
+      <c r="D2419" s="2">
+        <v>1601.309</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:4">
+      <c r="A2420" s="1" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B2420" s="2">
+        <v>1283.938</v>
+      </c>
+      <c r="C2420" s="2">
+        <v>1652.655</v>
+      </c>
+      <c r="D2420" s="2">
+        <v>1600.991</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:4">
+      <c r="A2421" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B2421" s="2">
+        <v>1284.74</v>
+      </c>
+      <c r="C2421" s="2">
+        <v>1653.687</v>
+      </c>
+      <c r="D2421" s="2">
+        <v>1601.991</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:4">
+      <c r="A2422" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B2422" s="2">
+        <v>1300.414</v>
+      </c>
+      <c r="C2422" s="2">
+        <v>1674.02</v>
+      </c>
+      <c r="D2422" s="2">
+        <v>1621.665</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:4">
+      <c r="A2423" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B2423" s="2">
+        <v>1313.948</v>
+      </c>
+      <c r="C2423" s="2">
+        <v>1691.471</v>
+      </c>
+      <c r="D2423" s="2">
+        <v>1638.569</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:4">
+      <c r="A2424" s="1" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B2424" s="2">
+        <v>1328.134</v>
+      </c>
+      <c r="C2424" s="2">
+        <v>1710.394</v>
+      </c>
+      <c r="D2424" s="2">
+        <v>1656.767</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:4">
+      <c r="A2425" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B2425" s="2">
+        <v>1326.28</v>
+      </c>
+      <c r="C2425" s="2">
+        <v>1708.008</v>
+      </c>
+      <c r="D2425" s="2">
+        <v>1654.455</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:4">
+      <c r="A2426" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B2426" s="2">
+        <v>1316.115</v>
+      </c>
+      <c r="C2426" s="2">
+        <v>1694.917</v>
+      </c>
+      <c r="D2426" s="2">
+        <v>1641.774</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:4">
+      <c r="A2427" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B2427" s="2">
+        <v>1318.073</v>
+      </c>
+      <c r="C2427" s="2">
+        <v>1697.439</v>
+      </c>
+      <c r="D2427" s="2">
+        <v>1644.217</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:4">
+      <c r="A2428" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B2428" s="2">
+        <v>1327.656</v>
+      </c>
+      <c r="C2428" s="2">
+        <v>1709.78</v>
+      </c>
+      <c r="D2428" s="2">
+        <v>1656.171</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:4">
+      <c r="A2429" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B2429" s="2">
+        <v>1332.541</v>
+      </c>
+      <c r="C2429" s="2">
+        <v>1716.07</v>
+      </c>
+      <c r="D2429" s="2">
+        <v>1662.265</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:4">
+      <c r="A2430" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B2430" s="2">
+        <v>1333.854</v>
+      </c>
+      <c r="C2430" s="2">
+        <v>1717.822</v>
+      </c>
+      <c r="D2430" s="2">
+        <v>1663.95</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:4">
+      <c r="A2431" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B2431" s="2">
+        <v>1338.965</v>
+      </c>
+      <c r="C2431" s="2">
+        <v>1724.448</v>
+      </c>
+      <c r="D2431" s="2">
+        <v>1670.364</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:4">
+      <c r="A2432" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B2432" s="2">
+        <v>1342.055</v>
+      </c>
+      <c r="C2432" s="2">
+        <v>1728.734</v>
+      </c>
+      <c r="D2432" s="2">
+        <v>1674.457</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:4">
+      <c r="A2433" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B2433" s="2">
+        <v>1334.814</v>
+      </c>
+      <c r="C2433" s="2">
+        <v>1719.414</v>
+      </c>
+      <c r="D2433" s="2">
+        <v>1665.426</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:4">
+      <c r="A2434" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B2434" s="2">
+        <v>1320.602</v>
+      </c>
+      <c r="C2434" s="2">
+        <v>1701.106</v>
+      </c>
+      <c r="D2434" s="2">
+        <v>1647.694</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:4">
+      <c r="A2435" s="1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B2435" s="2">
+        <v>1322.603</v>
+      </c>
+      <c r="C2435" s="2">
+        <v>1703.683</v>
+      </c>
+      <c r="D2435" s="2">
+        <v>1650.19</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:4">
+      <c r="A2436" s="1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B2436" s="2">
+        <v>1333.868</v>
+      </c>
+      <c r="C2436" s="2">
+        <v>1718.195</v>
+      </c>
+      <c r="D2436" s="2">
+        <v>1664.246</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">