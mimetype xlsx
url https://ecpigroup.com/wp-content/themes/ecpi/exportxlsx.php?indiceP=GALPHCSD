--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHCSD_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="811">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="849">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>16/09/2022</t>
   </si>
   <si>
     <t>19/09/2022</t>
   </si>
   <si>
     <t>20/09/2022</t>
   </si>
   <si>
     <t>21/09/2022</t>
   </si>
   <si>
     <t>22/09/2022</t>
   </si>
   <si>
@@ -2372,50 +2372,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -2445,50 +2460,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2814,51 +2928,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B810"/>
+  <dimension ref="A1:B848"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>920.865</v>
@@ -9079,275 +9193,579 @@
       <c r="B779" s="2">
         <v>1117.544</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" s="1" t="s">
         <v>780</v>
       </c>
       <c r="B780" s="2">
         <v>1103.621</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" s="1" t="s">
         <v>781</v>
       </c>
       <c r="B781" s="2">
         <v>1101.684</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" s="1" t="s">
         <v>782</v>
       </c>
       <c r="B782" s="2">
-        <v>1119.611</v>
+        <v>1119.612</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" s="1" t="s">
         <v>783</v>
       </c>
       <c r="B783" s="2">
         <v>1137.215</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" s="1" t="s">
         <v>784</v>
       </c>
       <c r="B784" s="2">
         <v>1128.707</v>
       </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B785" s="2">
-        <v>1138.138</v>
+        <v>1138.139</v>
       </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786" s="1" t="s">
         <v>786</v>
       </c>
       <c r="B786" s="2">
-        <v>1172.343</v>
+        <v>1144.758</v>
       </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787" s="1" t="s">
         <v>787</v>
       </c>
       <c r="B787" s="2">
-        <v>1174.117</v>
+        <v>1152.451</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788" s="1" t="s">
         <v>788</v>
       </c>
       <c r="B788" s="2">
-        <v>1150.877</v>
+        <v>1156.761</v>
       </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789" s="1" t="s">
         <v>789</v>
       </c>
       <c r="B789" s="2">
-        <v>1155.847</v>
+        <v>1147.661</v>
       </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790" s="1" t="s">
         <v>790</v>
       </c>
       <c r="B790" s="2">
-        <v>1143.865</v>
+        <v>1162.392</v>
       </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791" s="1" t="s">
         <v>791</v>
       </c>
       <c r="B791" s="2">
-        <v>1144.656</v>
+        <v>1172.344</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792" s="1" t="s">
         <v>792</v>
       </c>
       <c r="B792" s="2">
-        <v>1163.442</v>
+        <v>1174.117</v>
       </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793" s="1" t="s">
         <v>793</v>
       </c>
       <c r="B793" s="2">
-        <v>1163.464</v>
+        <v>1150.877</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794" s="1" t="s">
         <v>794</v>
       </c>
       <c r="B794" s="2">
-        <v>1159.299</v>
+        <v>1155.847</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795" s="1" t="s">
         <v>795</v>
       </c>
       <c r="B795" s="2">
-        <v>1140.91</v>
+        <v>1143.865</v>
       </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796" s="1" t="s">
         <v>796</v>
       </c>
       <c r="B796" s="2">
-        <v>1139.071</v>
+        <v>1144.656</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797" s="1" t="s">
         <v>797</v>
       </c>
       <c r="B797" s="2">
-        <v>1121.237</v>
+        <v>1163.442</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798" s="1" t="s">
         <v>798</v>
       </c>
       <c r="B798" s="2">
-        <v>1104.752</v>
+        <v>1163.464</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799" s="1" t="s">
         <v>799</v>
       </c>
       <c r="B799" s="2">
-        <v>1104.147</v>
+        <v>1159.299</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800" s="1" t="s">
         <v>800</v>
       </c>
       <c r="B800" s="2">
-        <v>1088.51</v>
+        <v>1140.91</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" s="1" t="s">
         <v>801</v>
       </c>
       <c r="B801" s="2">
-        <v>1093.301</v>
+        <v>1139.071</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" s="1" t="s">
         <v>802</v>
       </c>
       <c r="B802" s="2">
-        <v>1103.121</v>
+        <v>1121.237</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" s="1" t="s">
         <v>803</v>
       </c>
       <c r="B803" s="2">
-        <v>1112.931</v>
+        <v>1104.752</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" s="1" t="s">
         <v>804</v>
       </c>
       <c r="B804" s="2">
-        <v>1108.751</v>
+        <v>1104.147</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" s="1" t="s">
         <v>805</v>
       </c>
       <c r="B805" s="2">
-        <v>1111.873</v>
+        <v>1088.51</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" s="1" t="s">
         <v>806</v>
       </c>
       <c r="B806" s="2">
-        <v>1118.087</v>
+        <v>1093.301</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" s="1" t="s">
         <v>807</v>
       </c>
       <c r="B807" s="2">
-        <v>1110.681</v>
+        <v>1103.121</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" s="1" t="s">
         <v>808</v>
       </c>
       <c r="B808" s="2">
-        <v>1118.015</v>
+        <v>1112.931</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" s="1" t="s">
         <v>809</v>
       </c>
       <c r="B809" s="2">
-        <v>1122.593</v>
+        <v>1108.751</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" s="1" t="s">
         <v>810</v>
       </c>
       <c r="B810" s="2">
+        <v>1111.873</v>
+      </c>
+    </row>
+    <row r="811" spans="1:2">
+      <c r="A811" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B811" s="2">
+        <v>1118.087</v>
+      </c>
+    </row>
+    <row r="812" spans="1:2">
+      <c r="A812" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B812" s="2">
+        <v>1110.682</v>
+      </c>
+    </row>
+    <row r="813" spans="1:2">
+      <c r="A813" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B813" s="2">
+        <v>1118.015</v>
+      </c>
+    </row>
+    <row r="814" spans="1:2">
+      <c r="A814" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B814" s="2">
+        <v>1122.593</v>
+      </c>
+    </row>
+    <row r="815" spans="1:2">
+      <c r="A815" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B815" s="2">
         <v>1129.821</v>
+      </c>
+    </row>
+    <row r="816" spans="1:2">
+      <c r="A816" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B816" s="2">
+        <v>1128.899</v>
+      </c>
+    </row>
+    <row r="817" spans="1:2">
+      <c r="A817" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B817" s="2">
+        <v>1135.232</v>
+      </c>
+    </row>
+    <row r="818" spans="1:2">
+      <c r="A818" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B818" s="2">
+        <v>1135.972</v>
+      </c>
+    </row>
+    <row r="819" spans="1:2">
+      <c r="A819" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B819" s="2">
+        <v>1141.331</v>
+      </c>
+    </row>
+    <row r="820" spans="1:2">
+      <c r="A820" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B820" s="2">
+        <v>1132.007</v>
+      </c>
+    </row>
+    <row r="821" spans="1:2">
+      <c r="A821" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B821" s="2">
+        <v>1117.895</v>
+      </c>
+    </row>
+    <row r="822" spans="1:2">
+      <c r="A822" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B822" s="2">
+        <v>1107.147</v>
+      </c>
+    </row>
+    <row r="823" spans="1:2">
+      <c r="A823" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="B823" s="2">
+        <v>1105.33</v>
+      </c>
+    </row>
+    <row r="824" spans="1:2">
+      <c r="A824" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B824" s="2">
+        <v>1097.352</v>
+      </c>
+    </row>
+    <row r="825" spans="1:2">
+      <c r="A825" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B825" s="2">
+        <v>1107.713</v>
+      </c>
+    </row>
+    <row r="826" spans="1:2">
+      <c r="A826" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B826" s="2">
+        <v>1112.367</v>
+      </c>
+    </row>
+    <row r="827" spans="1:2">
+      <c r="A827" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="B827" s="2">
+        <v>1112.116</v>
+      </c>
+    </row>
+    <row r="828" spans="1:2">
+      <c r="A828" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B828" s="2">
+        <v>1107.306</v>
+      </c>
+    </row>
+    <row r="829" spans="1:2">
+      <c r="A829" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B829" s="2">
+        <v>1105.432</v>
+      </c>
+    </row>
+    <row r="830" spans="1:2">
+      <c r="A830" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B830" s="2">
+        <v>1107.542</v>
+      </c>
+    </row>
+    <row r="831" spans="1:2">
+      <c r="A831" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="B831" s="2">
+        <v>1103.913</v>
+      </c>
+    </row>
+    <row r="832" spans="1:2">
+      <c r="A832" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B832" s="2">
+        <v>1100.37</v>
+      </c>
+    </row>
+    <row r="833" spans="1:2">
+      <c r="A833" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B833" s="2">
+        <v>1092.476</v>
+      </c>
+    </row>
+    <row r="834" spans="1:2">
+      <c r="A834" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B834" s="2">
+        <v>1082.864</v>
+      </c>
+    </row>
+    <row r="835" spans="1:2">
+      <c r="A835" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B835" s="2">
+        <v>1095.643</v>
+      </c>
+    </row>
+    <row r="836" spans="1:2">
+      <c r="A836" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B836" s="2">
+        <v>1119.991</v>
+      </c>
+    </row>
+    <row r="837" spans="1:2">
+      <c r="A837" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B837" s="2">
+        <v>1123.826</v>
+      </c>
+    </row>
+    <row r="838" spans="1:2">
+      <c r="A838" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B838" s="2">
+        <v>1114.881</v>
+      </c>
+    </row>
+    <row r="839" spans="1:2">
+      <c r="A839" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B839" s="2">
+        <v>1117.886</v>
+      </c>
+    </row>
+    <row r="840" spans="1:2">
+      <c r="A840" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B840" s="2">
+        <v>1118.857</v>
+      </c>
+    </row>
+    <row r="841" spans="1:2">
+      <c r="A841" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B841" s="2">
+        <v>1116.138</v>
+      </c>
+    </row>
+    <row r="842" spans="1:2">
+      <c r="A842" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B842" s="2">
+        <v>1115.543</v>
+      </c>
+    </row>
+    <row r="843" spans="1:2">
+      <c r="A843" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B843" s="2">
+        <v>1116.669</v>
+      </c>
+    </row>
+    <row r="844" spans="1:2">
+      <c r="A844" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B844" s="2">
+        <v>1111.341</v>
+      </c>
+    </row>
+    <row r="845" spans="1:2">
+      <c r="A845" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B845" s="2">
+        <v>1100.634</v>
+      </c>
+    </row>
+    <row r="846" spans="1:2">
+      <c r="A846" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B846" s="2">
+        <v>1070.278</v>
+      </c>
+    </row>
+    <row r="847" spans="1:2">
+      <c r="A847" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B847" s="2">
+        <v>1074.578</v>
+      </c>
+    </row>
+    <row r="848" spans="1:2">
+      <c r="A848" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B848" s="2">
+        <v>1086.549</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">