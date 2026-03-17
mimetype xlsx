--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPHCSD_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="885">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>16/09/2022</t>
   </si>
   <si>
     <t>19/09/2022</t>
   </si>
   <si>
     <t>20/09/2022</t>
   </si>
   <si>
     <t>21/09/2022</t>
   </si>
   <si>
     <t>22/09/2022</t>
   </si>
   <si>
@@ -2559,50 +2559,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2928,51 +3036,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B848"/>
+  <dimension ref="A1:B884"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>920.865</v>
@@ -9722,50 +9830,338 @@
         <v>1100.634</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" s="1" t="s">
         <v>846</v>
       </c>
       <c r="B846" s="2">
         <v>1070.278</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" s="1" t="s">
         <v>847</v>
       </c>
       <c r="B847" s="2">
         <v>1074.578</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" s="1" t="s">
         <v>848</v>
       </c>
       <c r="B848" s="2">
         <v>1086.549</v>
+      </c>
+    </row>
+    <row r="849" spans="1:2">
+      <c r="A849" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="B849" s="2">
+        <v>1084.424</v>
+      </c>
+    </row>
+    <row r="850" spans="1:2">
+      <c r="A850" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B850" s="2">
+        <v>1089.445</v>
+      </c>
+    </row>
+    <row r="851" spans="1:2">
+      <c r="A851" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B851" s="2">
+        <v>1087.073</v>
+      </c>
+    </row>
+    <row r="852" spans="1:2">
+      <c r="A852" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B852" s="2">
+        <v>1087.441</v>
+      </c>
+    </row>
+    <row r="853" spans="1:2">
+      <c r="A853" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B853" s="2">
+        <v>1056.232</v>
+      </c>
+    </row>
+    <row r="854" spans="1:2">
+      <c r="A854" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B854" s="2">
+        <v>1050.811</v>
+      </c>
+    </row>
+    <row r="855" spans="1:2">
+      <c r="A855" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B855" s="2">
+        <v>1063.019</v>
+      </c>
+    </row>
+    <row r="856" spans="1:2">
+      <c r="A856" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B856" s="2">
+        <v>1024.962</v>
+      </c>
+    </row>
+    <row r="857" spans="1:2">
+      <c r="A857" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B857" s="2">
+        <v>1010.123</v>
+      </c>
+    </row>
+    <row r="858" spans="1:2">
+      <c r="A858" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B858" s="2">
+        <v>992.963</v>
+      </c>
+    </row>
+    <row r="859" spans="1:2">
+      <c r="A859" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B859" s="2">
+        <v>1001.21</v>
+      </c>
+    </row>
+    <row r="860" spans="1:2">
+      <c r="A860" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B860" s="2">
+        <v>1009.647</v>
+      </c>
+    </row>
+    <row r="861" spans="1:2">
+      <c r="A861" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="B861" s="2">
+        <v>1024.415</v>
+      </c>
+    </row>
+    <row r="862" spans="1:2">
+      <c r="A862" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B862" s="2">
+        <v>1015.335</v>
+      </c>
+    </row>
+    <row r="863" spans="1:2">
+      <c r="A863" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B863" s="2">
+        <v>986.044</v>
+      </c>
+    </row>
+    <row r="864" spans="1:2">
+      <c r="A864" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B864" s="2">
+        <v>998.935</v>
+      </c>
+    </row>
+    <row r="865" spans="1:2">
+      <c r="A865" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="B865" s="2">
+        <v>999.595</v>
+      </c>
+    </row>
+    <row r="866" spans="1:2">
+      <c r="A866" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B866" s="2">
+        <v>991.096</v>
+      </c>
+    </row>
+    <row r="867" spans="1:2">
+      <c r="A867" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B867" s="2">
+        <v>993.972</v>
+      </c>
+    </row>
+    <row r="868" spans="1:2">
+      <c r="A868" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B868" s="2">
+        <v>996.093</v>
+      </c>
+    </row>
+    <row r="869" spans="1:2">
+      <c r="A869" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B869" s="2">
+        <v>979.935</v>
+      </c>
+    </row>
+    <row r="870" spans="1:2">
+      <c r="A870" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="B870" s="2">
+        <v>950.023</v>
+      </c>
+    </row>
+    <row r="871" spans="1:2">
+      <c r="A871" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B871" s="2">
+        <v>949.291</v>
+      </c>
+    </row>
+    <row r="872" spans="1:2">
+      <c r="A872" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B872" s="2">
+        <v>961.323</v>
+      </c>
+    </row>
+    <row r="873" spans="1:2">
+      <c r="A873" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="B873" s="2">
+        <v>982.009</v>
+      </c>
+    </row>
+    <row r="874" spans="1:2">
+      <c r="A874" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B874" s="2">
+        <v>975.616</v>
+      </c>
+    </row>
+    <row r="875" spans="1:2">
+      <c r="A875" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B875" s="2">
+        <v>980.793</v>
+      </c>
+    </row>
+    <row r="876" spans="1:2">
+      <c r="A876" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B876" s="2">
+        <v>984.971</v>
+      </c>
+    </row>
+    <row r="877" spans="1:2">
+      <c r="A877" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="B877" s="2">
+        <v>990.955</v>
+      </c>
+    </row>
+    <row r="878" spans="1:2">
+      <c r="A878" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B878" s="2">
+        <v>1010.497</v>
+      </c>
+    </row>
+    <row r="879" spans="1:2">
+      <c r="A879" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="B879" s="2">
+        <v>1015.726</v>
+      </c>
+    </row>
+    <row r="880" spans="1:2">
+      <c r="A880" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B880" s="2">
+        <v>1010.975</v>
+      </c>
+    </row>
+    <row r="881" spans="1:2">
+      <c r="A881" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B881" s="2">
+        <v>1005.502</v>
+      </c>
+    </row>
+    <row r="882" spans="1:2">
+      <c r="A882" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="B882" s="2">
+        <v>1009.158</v>
+      </c>
+    </row>
+    <row r="883" spans="1:2">
+      <c r="A883" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B883" s="2">
+        <v>1002.008</v>
+      </c>
+    </row>
+    <row r="884" spans="1:2">
+      <c r="A884" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B884" s="2">
+        <v>1006.843</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">