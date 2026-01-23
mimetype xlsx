--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPBCNH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2871">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2909">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>31/10/2014</t>
   </si>
   <si>
     <t>03/11/2014</t>
   </si>
   <si>
     <t>04/11/2014</t>
   </si>
   <si>
     <t>05/11/2014</t>
   </si>
   <si>
     <t>06/11/2014</t>
   </si>
   <si>
     <t>07/11/2014</t>
   </si>
   <si>
@@ -8552,50 +8552,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -8625,50 +8640,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -8994,51 +9108,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B2870"/>
+  <dimension ref="A1:B2908"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>988.326</v>
@@ -31747,267 +31861,571 @@
       <c r="B2840" s="2">
         <v>2705.553</v>
       </c>
     </row>
     <row r="2841" spans="1:2">
       <c r="A2841" s="1" t="s">
         <v>2841</v>
       </c>
       <c r="B2841" s="2">
         <v>2701.563</v>
       </c>
     </row>
     <row r="2842" spans="1:2">
       <c r="A2842" s="1" t="s">
         <v>2842</v>
       </c>
       <c r="B2842" s="2">
         <v>2727.128</v>
       </c>
     </row>
     <row r="2843" spans="1:2">
       <c r="A2843" s="1" t="s">
         <v>2843</v>
       </c>
       <c r="B2843" s="2">
-        <v>2734.017</v>
+        <v>2734.018</v>
       </c>
     </row>
     <row r="2844" spans="1:2">
       <c r="A2844" s="1" t="s">
         <v>2844</v>
       </c>
       <c r="B2844" s="2">
         <v>2718.537</v>
       </c>
     </row>
     <row r="2845" spans="1:2">
       <c r="A2845" s="1" t="s">
         <v>2845</v>
       </c>
       <c r="B2845" s="2">
         <v>2730.467</v>
       </c>
     </row>
     <row r="2846" spans="1:2">
       <c r="A2846" s="1" t="s">
         <v>2846</v>
       </c>
       <c r="B2846" s="2">
-        <v>2734.628</v>
+        <v>2743.504</v>
       </c>
     </row>
     <row r="2847" spans="1:2">
       <c r="A2847" s="1" t="s">
         <v>2847</v>
       </c>
       <c r="B2847" s="2">
-        <v>2732.158</v>
+        <v>2763.865</v>
       </c>
     </row>
     <row r="2848" spans="1:2">
       <c r="A2848" s="1" t="s">
         <v>2848</v>
       </c>
       <c r="B2848" s="2">
-        <v>2713.044</v>
+        <v>2753.576</v>
       </c>
     </row>
     <row r="2849" spans="1:2">
       <c r="A2849" s="1" t="s">
         <v>2849</v>
       </c>
       <c r="B2849" s="2">
-        <v>2726.364</v>
+        <v>2744.959</v>
       </c>
     </row>
     <row r="2850" spans="1:2">
       <c r="A2850" s="1" t="s">
         <v>2850</v>
       </c>
       <c r="B2850" s="2">
-        <v>2710.436</v>
+        <v>2738.972</v>
       </c>
     </row>
     <row r="2851" spans="1:2">
       <c r="A2851" s="1" t="s">
         <v>2851</v>
       </c>
       <c r="B2851" s="2">
-        <v>2713.297</v>
+        <v>2734.628</v>
       </c>
     </row>
     <row r="2852" spans="1:2">
       <c r="A2852" s="1" t="s">
         <v>2852</v>
       </c>
       <c r="B2852" s="2">
-        <v>2742.066</v>
+        <v>2732.158</v>
       </c>
     </row>
     <row r="2853" spans="1:2">
       <c r="A2853" s="1" t="s">
         <v>2853</v>
       </c>
       <c r="B2853" s="2">
-        <v>2753.965</v>
+        <v>2713.044</v>
       </c>
     </row>
     <row r="2854" spans="1:2">
       <c r="A2854" s="1" t="s">
         <v>2854</v>
       </c>
       <c r="B2854" s="2">
-        <v>2775.887</v>
+        <v>2726.364</v>
       </c>
     </row>
     <row r="2855" spans="1:2">
       <c r="A2855" s="1" t="s">
         <v>2855</v>
       </c>
       <c r="B2855" s="2">
-        <v>2752.388</v>
+        <v>2710.436</v>
       </c>
     </row>
     <row r="2856" spans="1:2">
       <c r="A2856" s="1" t="s">
         <v>2856</v>
       </c>
       <c r="B2856" s="2">
-        <v>2742.188</v>
+        <v>2713.297</v>
       </c>
     </row>
     <row r="2857" spans="1:2">
       <c r="A2857" s="1" t="s">
         <v>2857</v>
       </c>
       <c r="B2857" s="2">
-        <v>2714.286</v>
+        <v>2742.066</v>
       </c>
     </row>
     <row r="2858" spans="1:2">
       <c r="A2858" s="1" t="s">
         <v>2858</v>
       </c>
       <c r="B2858" s="2">
-        <v>2690.093</v>
+        <v>2753.965</v>
       </c>
     </row>
     <row r="2859" spans="1:2">
       <c r="A2859" s="1" t="s">
         <v>2859</v>
       </c>
       <c r="B2859" s="2">
-        <v>2697.432</v>
+        <v>2775.887</v>
       </c>
     </row>
     <row r="2860" spans="1:2">
       <c r="A2860" s="1" t="s">
         <v>2860</v>
       </c>
       <c r="B2860" s="2">
-        <v>2671.926</v>
+        <v>2752.388</v>
       </c>
     </row>
     <row r="2861" spans="1:2">
       <c r="A2861" s="1" t="s">
         <v>2861</v>
       </c>
       <c r="B2861" s="2">
-        <v>2691.777</v>
+        <v>2742.188</v>
       </c>
     </row>
     <row r="2862" spans="1:2">
       <c r="A2862" s="1" t="s">
         <v>2862</v>
       </c>
       <c r="B2862" s="2">
-        <v>2703.042</v>
+        <v>2714.286</v>
       </c>
     </row>
     <row r="2863" spans="1:2">
       <c r="A2863" s="1" t="s">
         <v>2863</v>
       </c>
       <c r="B2863" s="2">
-        <v>2728.141</v>
+        <v>2690.093</v>
       </c>
     </row>
     <row r="2864" spans="1:2">
       <c r="A2864" s="1" t="s">
         <v>2864</v>
       </c>
       <c r="B2864" s="2">
-        <v>2751.372</v>
+        <v>2697.432</v>
       </c>
     </row>
     <row r="2865" spans="1:2">
       <c r="A2865" s="1" t="s">
         <v>2865</v>
       </c>
       <c r="B2865" s="2">
-        <v>2752.216</v>
+        <v>2671.926</v>
       </c>
     </row>
     <row r="2866" spans="1:2">
       <c r="A2866" s="1" t="s">
         <v>2866</v>
       </c>
       <c r="B2866" s="2">
-        <v>2758.02</v>
+        <v>2691.777</v>
       </c>
     </row>
     <row r="2867" spans="1:2">
       <c r="A2867" s="1" t="s">
         <v>2867</v>
       </c>
       <c r="B2867" s="2">
-        <v>2742.8</v>
+        <v>2703.042</v>
       </c>
     </row>
     <row r="2868" spans="1:2">
       <c r="A2868" s="1" t="s">
         <v>2868</v>
       </c>
       <c r="B2868" s="2">
-        <v>2747.059</v>
+        <v>2728.141</v>
       </c>
     </row>
     <row r="2869" spans="1:2">
       <c r="A2869" s="1" t="s">
         <v>2869</v>
       </c>
       <c r="B2869" s="2">
-        <v>2759.852</v>
+        <v>2751.372</v>
       </c>
     </row>
     <row r="2870" spans="1:2">
       <c r="A2870" s="1" t="s">
         <v>2870</v>
       </c>
       <c r="B2870" s="2">
+        <v>2752.216</v>
+      </c>
+    </row>
+    <row r="2871" spans="1:2">
+      <c r="A2871" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B2871" s="2">
+        <v>2758.02</v>
+      </c>
+    </row>
+    <row r="2872" spans="1:2">
+      <c r="A2872" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B2872" s="2">
+        <v>2742.801</v>
+      </c>
+    </row>
+    <row r="2873" spans="1:2">
+      <c r="A2873" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B2873" s="2">
+        <v>2747.06</v>
+      </c>
+    </row>
+    <row r="2874" spans="1:2">
+      <c r="A2874" s="1" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B2874" s="2">
+        <v>2759.852</v>
+      </c>
+    </row>
+    <row r="2875" spans="1:2">
+      <c r="A2875" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B2875" s="2">
         <v>2766.973</v>
+      </c>
+    </row>
+    <row r="2876" spans="1:2">
+      <c r="A2876" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B2876" s="2">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="2877" spans="1:2">
+      <c r="A2877" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B2877" s="2">
+        <v>2754.394</v>
+      </c>
+    </row>
+    <row r="2878" spans="1:2">
+      <c r="A2878" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B2878" s="2">
+        <v>2748.832</v>
+      </c>
+    </row>
+    <row r="2879" spans="1:2">
+      <c r="A2879" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B2879" s="2">
+        <v>2768.187</v>
+      </c>
+    </row>
+    <row r="2880" spans="1:2">
+      <c r="A2880" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="B2880" s="2">
+        <v>2779.212</v>
+      </c>
+    </row>
+    <row r="2881" spans="1:2">
+      <c r="A2881" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B2881" s="2">
+        <v>2769.32</v>
+      </c>
+    </row>
+    <row r="2882" spans="1:2">
+      <c r="A2882" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B2882" s="2">
+        <v>2781.87</v>
+      </c>
+    </row>
+    <row r="2883" spans="1:2">
+      <c r="A2883" s="1" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B2883" s="2">
+        <v>2764.131</v>
+      </c>
+    </row>
+    <row r="2884" spans="1:2">
+      <c r="A2884" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B2884" s="2">
+        <v>2742.174</v>
+      </c>
+    </row>
+    <row r="2885" spans="1:2">
+      <c r="A2885" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B2885" s="2">
+        <v>2754.971</v>
+      </c>
+    </row>
+    <row r="2886" spans="1:2">
+      <c r="A2886" s="1" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B2886" s="2">
+        <v>2775.158</v>
+      </c>
+    </row>
+    <row r="2887" spans="1:2">
+      <c r="A2887" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B2887" s="2">
+        <v>2791.662</v>
+      </c>
+    </row>
+    <row r="2888" spans="1:2">
+      <c r="A2888" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B2888" s="2">
+        <v>2797.21</v>
+      </c>
+    </row>
+    <row r="2889" spans="1:2">
+      <c r="A2889" s="1" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B2889" s="2">
+        <v>2802.249</v>
+      </c>
+    </row>
+    <row r="2890" spans="1:2">
+      <c r="A2890" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B2890" s="2">
+        <v>2804.486</v>
+      </c>
+    </row>
+    <row r="2891" spans="1:2">
+      <c r="A2891" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B2891" s="2">
+        <v>2799.65</v>
+      </c>
+    </row>
+    <row r="2892" spans="1:2">
+      <c r="A2892" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B2892" s="2">
+        <v>2799.343</v>
+      </c>
+    </row>
+    <row r="2893" spans="1:2">
+      <c r="A2893" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B2893" s="2">
+        <v>2783.54</v>
+      </c>
+    </row>
+    <row r="2894" spans="1:2">
+      <c r="A2894" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B2894" s="2">
+        <v>2805.994</v>
+      </c>
+    </row>
+    <row r="2895" spans="1:2">
+      <c r="A2895" s="1" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B2895" s="2">
+        <v>2829.035</v>
+      </c>
+    </row>
+    <row r="2896" spans="1:2">
+      <c r="A2896" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B2896" s="2">
+        <v>2857.433</v>
+      </c>
+    </row>
+    <row r="2897" spans="1:2">
+      <c r="A2897" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="B2897" s="2">
+        <v>2840.124</v>
+      </c>
+    </row>
+    <row r="2898" spans="1:2">
+      <c r="A2898" s="1" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B2898" s="2">
+        <v>2835.169</v>
+      </c>
+    </row>
+    <row r="2899" spans="1:2">
+      <c r="A2899" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B2899" s="2">
+        <v>2856.073</v>
+      </c>
+    </row>
+    <row r="2900" spans="1:2">
+      <c r="A2900" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="B2900" s="2">
+        <v>2860.539</v>
+      </c>
+    </row>
+    <row r="2901" spans="1:2">
+      <c r="A2901" s="1" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B2901" s="2">
+        <v>2866.151</v>
+      </c>
+    </row>
+    <row r="2902" spans="1:2">
+      <c r="A2902" s="1" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B2902" s="2">
+        <v>2870.314</v>
+      </c>
+    </row>
+    <row r="2903" spans="1:2">
+      <c r="A2903" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B2903" s="2">
+        <v>2883.342</v>
+      </c>
+    </row>
+    <row r="2904" spans="1:2">
+      <c r="A2904" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B2904" s="2">
+        <v>2881.899</v>
+      </c>
+    </row>
+    <row r="2905" spans="1:2">
+      <c r="A2905" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B2905" s="2">
+        <v>2871.353</v>
+      </c>
+    </row>
+    <row r="2906" spans="1:2">
+      <c r="A2906" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B2906" s="2">
+        <v>2831.349</v>
+      </c>
+    </row>
+    <row r="2907" spans="1:2">
+      <c r="A2907" s="1" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B2907" s="2">
+        <v>2859.431</v>
+      </c>
+    </row>
+    <row r="2908" spans="1:2">
+      <c r="A2908" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B2908" s="2">
+        <v>2868.293</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">