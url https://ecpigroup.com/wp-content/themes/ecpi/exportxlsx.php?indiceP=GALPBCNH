--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GALPBCNH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2909">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2945">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>31/10/2014</t>
   </si>
   <si>
     <t>03/11/2014</t>
   </si>
   <si>
     <t>04/11/2014</t>
   </si>
   <si>
     <t>05/11/2014</t>
   </si>
   <si>
     <t>06/11/2014</t>
   </si>
   <si>
     <t>07/11/2014</t>
   </si>
   <si>
@@ -8739,50 +8739,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -9108,51 +9216,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B2908"/>
+  <dimension ref="A1:B2944"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
         <v>988.326</v>
@@ -32382,50 +32490,338 @@
         <v>2871.353</v>
       </c>
     </row>
     <row r="2906" spans="1:2">
       <c r="A2906" s="1" t="s">
         <v>2906</v>
       </c>
       <c r="B2906" s="2">
         <v>2831.349</v>
       </c>
     </row>
     <row r="2907" spans="1:2">
       <c r="A2907" s="1" t="s">
         <v>2907</v>
       </c>
       <c r="B2907" s="2">
         <v>2859.431</v>
       </c>
     </row>
     <row r="2908" spans="1:2">
       <c r="A2908" s="1" t="s">
         <v>2908</v>
       </c>
       <c r="B2908" s="2">
         <v>2868.293</v>
+      </c>
+    </row>
+    <row r="2909" spans="1:2">
+      <c r="A2909" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="B2909" s="2">
+        <v>2855.856</v>
+      </c>
+    </row>
+    <row r="2910" spans="1:2">
+      <c r="A2910" s="1" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B2910" s="2">
+        <v>2855.099</v>
+      </c>
+    </row>
+    <row r="2911" spans="1:2">
+      <c r="A2911" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B2911" s="2">
+        <v>2864.428</v>
+      </c>
+    </row>
+    <row r="2912" spans="1:2">
+      <c r="A2912" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="B2912" s="2">
+        <v>2859.44</v>
+      </c>
+    </row>
+    <row r="2913" spans="1:2">
+      <c r="A2913" s="1" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B2913" s="2">
+        <v>2868.928</v>
+      </c>
+    </row>
+    <row r="2914" spans="1:2">
+      <c r="A2914" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B2914" s="2">
+        <v>2861.095</v>
+      </c>
+    </row>
+    <row r="2915" spans="1:2">
+      <c r="A2915" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="B2915" s="2">
+        <v>2880.723</v>
+      </c>
+    </row>
+    <row r="2916" spans="1:2">
+      <c r="A2916" s="1" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B2916" s="2">
+        <v>2870.271</v>
+      </c>
+    </row>
+    <row r="2917" spans="1:2">
+      <c r="A2917" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B2917" s="2">
+        <v>2863.449</v>
+      </c>
+    </row>
+    <row r="2918" spans="1:2">
+      <c r="A2918" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B2918" s="2">
+        <v>2836.114</v>
+      </c>
+    </row>
+    <row r="2919" spans="1:2">
+      <c r="A2919" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="B2919" s="2">
+        <v>2895.094</v>
+      </c>
+    </row>
+    <row r="2920" spans="1:2">
+      <c r="A2920" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B2920" s="2">
+        <v>2913.434</v>
+      </c>
+    </row>
+    <row r="2921" spans="1:2">
+      <c r="A2921" s="1" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B2921" s="2">
+        <v>2913.566</v>
+      </c>
+    </row>
+    <row r="2922" spans="1:2">
+      <c r="A2922" s="1" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B2922" s="2">
+        <v>2922.34</v>
+      </c>
+    </row>
+    <row r="2923" spans="1:2">
+      <c r="A2923" s="1" t="s">
+        <v>2923</v>
+      </c>
+      <c r="B2923" s="2">
+        <v>2902.596</v>
+      </c>
+    </row>
+    <row r="2924" spans="1:2">
+      <c r="A2924" s="1" t="s">
+        <v>2924</v>
+      </c>
+      <c r="B2924" s="2">
+        <v>2907.91</v>
+      </c>
+    </row>
+    <row r="2925" spans="1:2">
+      <c r="A2925" s="1" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B2925" s="2">
+        <v>2906.322</v>
+      </c>
+    </row>
+    <row r="2926" spans="1:2">
+      <c r="A2926" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B2926" s="2">
+        <v>2910.956</v>
+      </c>
+    </row>
+    <row r="2927" spans="1:2">
+      <c r="A2927" s="1" t="s">
+        <v>2927</v>
+      </c>
+      <c r="B2927" s="2">
+        <v>2923.867</v>
+      </c>
+    </row>
+    <row r="2928" spans="1:2">
+      <c r="A2928" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B2928" s="2">
+        <v>2922.865</v>
+      </c>
+    </row>
+    <row r="2929" spans="1:2">
+      <c r="A2929" s="1" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B2929" s="2">
+        <v>2934.668</v>
+      </c>
+    </row>
+    <row r="2930" spans="1:2">
+      <c r="A2930" s="1" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B2930" s="2">
+        <v>2919.326</v>
+      </c>
+    </row>
+    <row r="2931" spans="1:2">
+      <c r="A2931" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B2931" s="2">
+        <v>2938.692</v>
+      </c>
+    </row>
+    <row r="2932" spans="1:2">
+      <c r="A2932" s="1" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B2932" s="2">
+        <v>2949.253</v>
+      </c>
+    </row>
+    <row r="2933" spans="1:2">
+      <c r="A2933" s="1" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B2933" s="2">
+        <v>2945.086</v>
+      </c>
+    </row>
+    <row r="2934" spans="1:2">
+      <c r="A2934" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="B2934" s="2">
+        <v>2948.046</v>
+      </c>
+    </row>
+    <row r="2935" spans="1:2">
+      <c r="A2935" s="1" t="s">
+        <v>2935</v>
+      </c>
+      <c r="B2935" s="2">
+        <v>2925.048</v>
+      </c>
+    </row>
+    <row r="2936" spans="1:2">
+      <c r="A2936" s="1" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B2936" s="2">
+        <v>2863.593</v>
+      </c>
+    </row>
+    <row r="2937" spans="1:2">
+      <c r="A2937" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B2937" s="2">
+        <v>2877.035</v>
+      </c>
+    </row>
+    <row r="2938" spans="1:2">
+      <c r="A2938" s="1" t="s">
+        <v>2938</v>
+      </c>
+      <c r="B2938" s="2">
+        <v>2851.657</v>
+      </c>
+    </row>
+    <row r="2939" spans="1:2">
+      <c r="A2939" s="1" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B2939" s="2">
+        <v>2813.041</v>
+      </c>
+    </row>
+    <row r="2940" spans="1:2">
+      <c r="A2940" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B2940" s="2">
+        <v>2812.045</v>
+      </c>
+    </row>
+    <row r="2941" spans="1:2">
+      <c r="A2941" s="1" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B2941" s="2">
+        <v>2828.142</v>
+      </c>
+    </row>
+    <row r="2942" spans="1:2">
+      <c r="A2942" s="1" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B2942" s="2">
+        <v>2821.76</v>
+      </c>
+    </row>
+    <row r="2943" spans="1:2">
+      <c r="A2943" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="B2943" s="2">
+        <v>2778.744</v>
+      </c>
+    </row>
+    <row r="2944" spans="1:2">
+      <c r="A2944" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B2944" s="2">
+        <v>2768.477</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">