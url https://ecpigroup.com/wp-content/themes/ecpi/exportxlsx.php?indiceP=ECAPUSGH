--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPUSGH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3418">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>30/11/2012</t>
   </si>
   <si>
     <t>03/12/2012</t>
   </si>
   <si>
     <t>04/12/2012</t>
   </si>
   <si>
     <t>05/12/2012</t>
   </si>
   <si>
     <t>06/12/2012</t>
   </si>
   <si>
     <t>07/12/2012</t>
   </si>
   <si>
@@ -10079,50 +10079,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -10152,50 +10167,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -10521,51 +10635,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3379"/>
+  <dimension ref="A1:C3417"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -37339,275 +37453,579 @@
       <c r="B3348" s="2">
         <v>965.276</v>
       </c>
     </row>
     <row r="3349" spans="1:3">
       <c r="A3349" s="1" t="s">
         <v>3349</v>
       </c>
       <c r="B3349" s="2">
         <v>967.753</v>
       </c>
     </row>
     <row r="3350" spans="1:3">
       <c r="A3350" s="1" t="s">
         <v>3350</v>
       </c>
       <c r="B3350" s="2">
         <v>967.122</v>
       </c>
     </row>
     <row r="3351" spans="1:3">
       <c r="A3351" s="1" t="s">
         <v>3351</v>
       </c>
       <c r="B3351" s="2">
-        <v>968.095</v>
+        <v>968.096</v>
       </c>
     </row>
     <row r="3352" spans="1:3">
       <c r="A3352" s="1" t="s">
         <v>3352</v>
       </c>
       <c r="B3352" s="2">
         <v>969.787</v>
       </c>
     </row>
     <row r="3353" spans="1:3">
       <c r="A3353" s="1" t="s">
         <v>3353</v>
       </c>
       <c r="B3353" s="2">
         <v>969.959</v>
       </c>
     </row>
     <row r="3354" spans="1:3">
       <c r="A3354" s="1" t="s">
         <v>3354</v>
       </c>
       <c r="B3354" s="2">
         <v>967.459</v>
       </c>
     </row>
     <row r="3355" spans="1:3">
       <c r="A3355" s="1" t="s">
         <v>3355</v>
       </c>
       <c r="B3355" s="2">
-        <v>962.82</v>
+        <v>967.682</v>
       </c>
     </row>
     <row r="3356" spans="1:3">
       <c r="A3356" s="1" t="s">
         <v>3356</v>
       </c>
       <c r="B3356" s="2">
-        <v>961.498</v>
+        <v>968.057</v>
       </c>
     </row>
     <row r="3357" spans="1:3">
       <c r="A3357" s="1" t="s">
         <v>3357</v>
       </c>
       <c r="B3357" s="2">
-        <v>962.76</v>
+        <v>968.854</v>
       </c>
     </row>
     <row r="3358" spans="1:3">
       <c r="A3358" s="1" t="s">
         <v>3358</v>
       </c>
       <c r="B3358" s="2">
-        <v>958.832</v>
+        <v>964.689</v>
       </c>
     </row>
     <row r="3359" spans="1:3">
       <c r="A3359" s="1" t="s">
         <v>3359</v>
       </c>
       <c r="B3359" s="2">
-        <v>962.549</v>
+        <v>962.669</v>
       </c>
     </row>
     <row r="3360" spans="1:3">
       <c r="A3360" s="1" t="s">
         <v>3360</v>
       </c>
       <c r="B3360" s="2">
-        <v>962.845</v>
+        <v>962.82</v>
       </c>
     </row>
     <row r="3361" spans="1:3">
       <c r="A3361" s="1" t="s">
         <v>3361</v>
       </c>
       <c r="B3361" s="2">
-        <v>961.692</v>
+        <v>961.498</v>
       </c>
     </row>
     <row r="3362" spans="1:3">
       <c r="A3362" s="1" t="s">
         <v>3362</v>
       </c>
       <c r="B3362" s="2">
-        <v>961.787</v>
+        <v>962.76</v>
       </c>
     </row>
     <row r="3363" spans="1:3">
       <c r="A3363" s="1" t="s">
         <v>3363</v>
       </c>
       <c r="B3363" s="2">
-        <v>964.03</v>
+        <v>958.832</v>
       </c>
     </row>
     <row r="3364" spans="1:3">
       <c r="A3364" s="1" t="s">
         <v>3364</v>
       </c>
       <c r="B3364" s="2">
-        <v>961.77</v>
+        <v>962.549</v>
       </c>
     </row>
     <row r="3365" spans="1:3">
       <c r="A3365" s="1" t="s">
         <v>3365</v>
       </c>
       <c r="B3365" s="2">
-        <v>960.198</v>
+        <v>962.845</v>
       </c>
     </row>
     <row r="3366" spans="1:3">
       <c r="A3366" s="1" t="s">
         <v>3366</v>
       </c>
       <c r="B3366" s="2">
-        <v>960.574</v>
+        <v>961.692</v>
       </c>
     </row>
     <row r="3367" spans="1:3">
       <c r="A3367" s="1" t="s">
         <v>3367</v>
       </c>
       <c r="B3367" s="2">
-        <v>961.426</v>
+        <v>961.787</v>
       </c>
     </row>
     <row r="3368" spans="1:3">
       <c r="A3368" s="1" t="s">
         <v>3368</v>
       </c>
       <c r="B3368" s="2">
-        <v>960.827</v>
+        <v>964.03</v>
       </c>
     </row>
     <row r="3369" spans="1:3">
       <c r="A3369" s="1" t="s">
         <v>3369</v>
       </c>
       <c r="B3369" s="2">
-        <v>962.687</v>
+        <v>961.77</v>
       </c>
     </row>
     <row r="3370" spans="1:3">
       <c r="A3370" s="1" t="s">
         <v>3370</v>
       </c>
       <c r="B3370" s="2">
-        <v>964.363</v>
+        <v>960.198</v>
       </c>
     </row>
     <row r="3371" spans="1:3">
       <c r="A3371" s="1" t="s">
         <v>3371</v>
       </c>
       <c r="B3371" s="2">
-        <v>965.767</v>
+        <v>960.574</v>
       </c>
     </row>
     <row r="3372" spans="1:3">
       <c r="A3372" s="1" t="s">
         <v>3372</v>
       </c>
       <c r="B3372" s="2">
-        <v>967.547</v>
+        <v>961.426</v>
       </c>
     </row>
     <row r="3373" spans="1:3">
       <c r="A3373" s="1" t="s">
         <v>3373</v>
       </c>
       <c r="B3373" s="2">
-        <v>967.971</v>
+        <v>960.827</v>
       </c>
     </row>
     <row r="3374" spans="1:3">
       <c r="A3374" s="1" t="s">
         <v>3374</v>
       </c>
       <c r="B3374" s="2">
-        <v>968.003</v>
+        <v>962.687</v>
       </c>
     </row>
     <row r="3375" spans="1:3">
       <c r="A3375" s="1" t="s">
         <v>3375</v>
       </c>
       <c r="B3375" s="2">
-        <v>966.616</v>
+        <v>964.363</v>
       </c>
     </row>
     <row r="3376" spans="1:3">
       <c r="A3376" s="1" t="s">
         <v>3376</v>
       </c>
       <c r="B3376" s="2">
-        <v>973.785</v>
+        <v>965.767</v>
       </c>
     </row>
     <row r="3377" spans="1:3">
       <c r="A3377" s="1" t="s">
         <v>3377</v>
       </c>
       <c r="B3377" s="2">
-        <v>962.817</v>
+        <v>967.547</v>
       </c>
     </row>
     <row r="3378" spans="1:3">
       <c r="A3378" s="1" t="s">
         <v>3378</v>
       </c>
       <c r="B3378" s="2">
-        <v>963.901</v>
+        <v>967.971</v>
       </c>
     </row>
     <row r="3379" spans="1:3">
       <c r="A3379" s="1" t="s">
         <v>3379</v>
       </c>
       <c r="B3379" s="2">
+        <v>968.003</v>
+      </c>
+    </row>
+    <row r="3380" spans="1:3">
+      <c r="A3380" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B3380" s="2">
+        <v>966.616</v>
+      </c>
+    </row>
+    <row r="3381" spans="1:3">
+      <c r="A3381" s="1" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B3381" s="2">
+        <v>962.666</v>
+      </c>
+    </row>
+    <row r="3382" spans="1:3">
+      <c r="A3382" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B3382" s="2">
+        <v>962.817</v>
+      </c>
+    </row>
+    <row r="3383" spans="1:3">
+      <c r="A3383" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B3383" s="2">
+        <v>963.901</v>
+      </c>
+    </row>
+    <row r="3384" spans="1:3">
+      <c r="A3384" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="B3384" s="2">
         <v>962.136</v>
+      </c>
+    </row>
+    <row r="3385" spans="1:3">
+      <c r="A3385" s="1" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B3385" s="2">
+        <v>960.346</v>
+      </c>
+    </row>
+    <row r="3386" spans="1:3">
+      <c r="A3386" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B3386" s="2">
+        <v>958.548</v>
+      </c>
+    </row>
+    <row r="3387" spans="1:3">
+      <c r="A3387" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B3387" s="2">
+        <v>958.107</v>
+      </c>
+    </row>
+    <row r="3388" spans="1:3">
+      <c r="A3388" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="B3388" s="2">
+        <v>959.88</v>
+      </c>
+    </row>
+    <row r="3389" spans="1:3">
+      <c r="A3389" s="1" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B3389" s="2">
+        <v>960.707</v>
+      </c>
+    </row>
+    <row r="3390" spans="1:3">
+      <c r="A3390" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B3390" s="2">
+        <v>958.249</v>
+      </c>
+    </row>
+    <row r="3391" spans="1:3">
+      <c r="A3391" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="B3391" s="2">
+        <v>959.111</v>
+      </c>
+    </row>
+    <row r="3392" spans="1:3">
+      <c r="A3392" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B3392" s="2">
+        <v>960.398</v>
+      </c>
+    </row>
+    <row r="3393" spans="1:3">
+      <c r="A3393" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B3393" s="2">
+        <v>960.332</v>
+      </c>
+    </row>
+    <row r="3394" spans="1:3">
+      <c r="A3394" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B3394" s="2">
+        <v>962.259</v>
+      </c>
+    </row>
+    <row r="3395" spans="1:3">
+      <c r="A3395" s="1" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B3395" s="2">
+        <v>961.018</v>
+      </c>
+    </row>
+    <row r="3396" spans="1:3">
+      <c r="A3396" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B3396" s="2">
+        <v>959.977</v>
+      </c>
+    </row>
+    <row r="3397" spans="1:3">
+      <c r="A3397" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B3397" s="2">
+        <v>959.525</v>
+      </c>
+    </row>
+    <row r="3398" spans="1:3">
+      <c r="A3398" s="1" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B3398" s="2">
+        <v>961.045</v>
+      </c>
+    </row>
+    <row r="3399" spans="1:3">
+      <c r="A3399" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B3399" s="2">
+        <v>961.833</v>
+      </c>
+    </row>
+    <row r="3400" spans="1:3">
+      <c r="A3400" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B3400" s="2">
+        <v>962.932</v>
+      </c>
+    </row>
+    <row r="3401" spans="1:3">
+      <c r="A3401" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B3401" s="2">
+        <v>962.435</v>
+      </c>
+    </row>
+    <row r="3402" spans="1:3">
+      <c r="A3402" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B3402" s="2">
+        <v>961.923</v>
+      </c>
+    </row>
+    <row r="3403" spans="1:3">
+      <c r="A3403" s="1" t="s">
+        <v>3403</v>
+      </c>
+      <c r="B3403" s="2">
+        <v>959.826</v>
+      </c>
+    </row>
+    <row r="3404" spans="1:3">
+      <c r="A3404" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B3404" s="2">
+        <v>961.158</v>
+      </c>
+    </row>
+    <row r="3405" spans="1:3">
+      <c r="A3405" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B3405" s="2">
+        <v>960.377</v>
+      </c>
+    </row>
+    <row r="3406" spans="1:3">
+      <c r="A3406" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B3406" s="2">
+        <v>962.339</v>
+      </c>
+    </row>
+    <row r="3407" spans="1:3">
+      <c r="A3407" s="1" t="s">
+        <v>3407</v>
+      </c>
+      <c r="B3407" s="2">
+        <v>960.587</v>
+      </c>
+    </row>
+    <row r="3408" spans="1:3">
+      <c r="A3408" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B3408" s="2">
+        <v>961.571</v>
+      </c>
+    </row>
+    <row r="3409" spans="1:3">
+      <c r="A3409" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B3409" s="2">
+        <v>960.654</v>
+      </c>
+    </row>
+    <row r="3410" spans="1:3">
+      <c r="A3410" s="1" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B3410" s="2">
+        <v>961.09</v>
+      </c>
+    </row>
+    <row r="3411" spans="1:3">
+      <c r="A3411" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B3411" s="2">
+        <v>963.35</v>
+      </c>
+    </row>
+    <row r="3412" spans="1:3">
+      <c r="A3412" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B3412" s="2">
+        <v>962.096</v>
+      </c>
+    </row>
+    <row r="3413" spans="1:3">
+      <c r="A3413" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="B3413" s="2">
+        <v>959.878</v>
+      </c>
+    </row>
+    <row r="3414" spans="1:3">
+      <c r="A3414" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B3414" s="2">
+        <v>960.059</v>
+      </c>
+    </row>
+    <row r="3415" spans="1:3">
+      <c r="A3415" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="B3415" s="2">
+        <v>956.29</v>
+      </c>
+    </row>
+    <row r="3416" spans="1:3">
+      <c r="A3416" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B3416" s="2">
+        <v>958.015</v>
+      </c>
+    </row>
+    <row r="3417" spans="1:3">
+      <c r="A3417" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B3417" s="2">
+        <v>958.247</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">