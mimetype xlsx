--- v1 (2026-01-23)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPUSGH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3418">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3459">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>30/11/2012</t>
   </si>
   <si>
     <t>03/12/2012</t>
   </si>
   <si>
     <t>04/12/2012</t>
   </si>
   <si>
     <t>05/12/2012</t>
   </si>
   <si>
     <t>06/12/2012</t>
   </si>
   <si>
     <t>07/12/2012</t>
   </si>
   <si>
@@ -10266,50 +10266,173 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>17/03/2026</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -10635,51 +10758,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3417"/>
+  <dimension ref="A1:C3458"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -37982,50 +38105,378 @@
         <v>960.059</v>
       </c>
     </row>
     <row r="3415" spans="1:3">
       <c r="A3415" s="1" t="s">
         <v>3415</v>
       </c>
       <c r="B3415" s="2">
         <v>956.29</v>
       </c>
     </row>
     <row r="3416" spans="1:3">
       <c r="A3416" s="1" t="s">
         <v>3416</v>
       </c>
       <c r="B3416" s="2">
         <v>958.015</v>
       </c>
     </row>
     <row r="3417" spans="1:3">
       <c r="A3417" s="1" t="s">
         <v>3417</v>
       </c>
       <c r="B3417" s="2">
         <v>958.247</v>
+      </c>
+    </row>
+    <row r="3418" spans="1:3">
+      <c r="A3418" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B3418" s="2">
+        <v>959.651</v>
+      </c>
+    </row>
+    <row r="3419" spans="1:3">
+      <c r="A3419" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B3419" s="2">
+        <v>960.947</v>
+      </c>
+    </row>
+    <row r="3420" spans="1:3">
+      <c r="A3420" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B3420" s="2">
+        <v>959.877</v>
+      </c>
+    </row>
+    <row r="3421" spans="1:3">
+      <c r="A3421" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B3421" s="2">
+        <v>959.073</v>
+      </c>
+    </row>
+    <row r="3422" spans="1:3">
+      <c r="A3422" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B3422" s="2">
+        <v>959.603</v>
+      </c>
+    </row>
+    <row r="3423" spans="1:3">
+      <c r="A3423" s="1" t="s">
+        <v>3423</v>
+      </c>
+      <c r="B3423" s="2">
+        <v>959.711</v>
+      </c>
+    </row>
+    <row r="3424" spans="1:3">
+      <c r="A3424" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="B3424" s="2">
+        <v>957.687</v>
+      </c>
+    </row>
+    <row r="3425" spans="1:3">
+      <c r="A3425" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B3425" s="2">
+        <v>957.836</v>
+      </c>
+    </row>
+    <row r="3426" spans="1:3">
+      <c r="A3426" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B3426" s="2">
+        <v>957.768</v>
+      </c>
+    </row>
+    <row r="3427" spans="1:3">
+      <c r="A3427" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="B3427" s="2">
+        <v>962.152</v>
+      </c>
+    </row>
+    <row r="3428" spans="1:3">
+      <c r="A3428" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="B3428" s="2">
+        <v>961.835</v>
+      </c>
+    </row>
+    <row r="3429" spans="1:3">
+      <c r="A3429" s="1" t="s">
+        <v>3429</v>
+      </c>
+      <c r="B3429" s="2">
+        <v>962.205</v>
+      </c>
+    </row>
+    <row r="3430" spans="1:3">
+      <c r="A3430" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B3430" s="2">
+        <v>965.876</v>
+      </c>
+    </row>
+    <row r="3431" spans="1:3">
+      <c r="A3431" s="1" t="s">
+        <v>3431</v>
+      </c>
+      <c r="B3431" s="2">
+        <v>963.764</v>
+      </c>
+    </row>
+    <row r="3432" spans="1:3">
+      <c r="A3432" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B3432" s="2">
+        <v>967.843</v>
+      </c>
+    </row>
+    <row r="3433" spans="1:3">
+      <c r="A3433" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B3433" s="2">
+        <v>971.278</v>
+      </c>
+    </row>
+    <row r="3434" spans="1:3">
+      <c r="A3434" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="B3434" s="2">
+        <v>967.17</v>
+      </c>
+    </row>
+    <row r="3435" spans="1:3">
+      <c r="A3435" s="1" t="s">
+        <v>3435</v>
+      </c>
+      <c r="B3435" s="2">
+        <v>971.114</v>
+      </c>
+    </row>
+    <row r="3436" spans="1:3">
+      <c r="A3436" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B3436" s="2">
+        <v>969.853</v>
+      </c>
+    </row>
+    <row r="3437" spans="1:3">
+      <c r="A3437" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="B3437" s="2">
+        <v>970.057</v>
+      </c>
+    </row>
+    <row r="3438" spans="1:3">
+      <c r="A3438" s="1" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B3438" s="2">
+        <v>969.564</v>
+      </c>
+    </row>
+    <row r="3439" spans="1:3">
+      <c r="A3439" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B3439" s="2">
+        <v>972.083</v>
+      </c>
+    </row>
+    <row r="3440" spans="1:3">
+      <c r="A3440" s="1" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B3440" s="2">
+        <v>972.076</v>
+      </c>
+    </row>
+    <row r="3441" spans="1:3">
+      <c r="A3441" s="1" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B3441" s="2">
+        <v>971.387</v>
+      </c>
+    </row>
+    <row r="3442" spans="1:3">
+      <c r="A3442" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B3442" s="2">
+        <v>973.241</v>
+      </c>
+    </row>
+    <row r="3443" spans="1:3">
+      <c r="A3443" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B3443" s="2">
+        <v>976.231</v>
+      </c>
+    </row>
+    <row r="3444" spans="1:3">
+      <c r="A3444" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B3444" s="2">
+        <v>971.554</v>
+      </c>
+    </row>
+    <row r="3445" spans="1:3">
+      <c r="A3445" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B3445" s="2">
+        <v>970.39</v>
+      </c>
+    </row>
+    <row r="3446" spans="1:3">
+      <c r="A3446" s="1" t="s">
+        <v>3446</v>
+      </c>
+      <c r="B3446" s="2">
+        <v>969.134</v>
+      </c>
+    </row>
+    <row r="3447" spans="1:3">
+      <c r="A3447" s="1" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B3447" s="2">
+        <v>966.424</v>
+      </c>
+    </row>
+    <row r="3448" spans="1:3">
+      <c r="A3448" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B3448" s="2">
+        <v>965.887</v>
+      </c>
+    </row>
+    <row r="3449" spans="1:3">
+      <c r="A3449" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="B3449" s="2">
+        <v>967.872</v>
+      </c>
+    </row>
+    <row r="3450" spans="1:3">
+      <c r="A3450" s="1" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B3450" s="2">
+        <v>965.991</v>
+      </c>
+    </row>
+    <row r="3451" spans="1:3">
+      <c r="A3451" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B3451" s="2">
+        <v>961.184</v>
+      </c>
+    </row>
+    <row r="3452" spans="1:3">
+      <c r="A3452" s="1" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B3452" s="2">
+        <v>958.622</v>
+      </c>
+    </row>
+    <row r="3453" spans="1:3">
+      <c r="A3453" s="1" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B3453" s="2">
+        <v>957.31</v>
+      </c>
+    </row>
+    <row r="3454" spans="1:3">
+      <c r="A3454" s="1" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B3454" s="2">
+        <v>960.466</v>
+      </c>
+    </row>
+    <row r="3455" spans="1:3">
+      <c r="A3455" s="1" t="s">
+        <v>3455</v>
+      </c>
+      <c r="B3455" s="2">
+        <v>961.918</v>
+      </c>
+    </row>
+    <row r="3456" spans="1:3">
+      <c r="A3456" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B3456" s="2">
+        <v>959.069</v>
+      </c>
+    </row>
+    <row r="3457" spans="1:3">
+      <c r="A3457" s="1" t="s">
+        <v>3457</v>
+      </c>
+      <c r="B3457" s="2">
+        <v>959.001</v>
+      </c>
+    </row>
+    <row r="3458" spans="1:3">
+      <c r="A3458" s="1" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B3458" s="2">
+        <v>952.125</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">