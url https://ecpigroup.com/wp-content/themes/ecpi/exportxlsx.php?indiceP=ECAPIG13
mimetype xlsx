--- v0 (2025-12-06)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPIG13_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4029">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4039">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>01/06/2010</t>
   </si>
   <si>
     <t>02/06/2010</t>
   </si>
   <si>
     <t>03/06/2010</t>
   </si>
   <si>
     <t>04/06/2010</t>
   </si>
   <si>
     <t>07/06/2010</t>
   </si>
   <si>
     <t>08/06/2010</t>
   </si>
   <si>
@@ -12026,50 +12026,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -12099,50 +12114,65 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -12468,51 +12498,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C4028"/>
+  <dimension ref="A1:C4038"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -44486,267 +44516,347 @@
       <c r="B3998" s="2">
         <v>131.484</v>
       </c>
     </row>
     <row r="3999" spans="1:3">
       <c r="A3999" s="1" t="s">
         <v>3999</v>
       </c>
       <c r="B3999" s="2">
         <v>131.445</v>
       </c>
     </row>
     <row r="4000" spans="1:3">
       <c r="A4000" s="1" t="s">
         <v>4000</v>
       </c>
       <c r="B4000" s="2">
         <v>131.464</v>
       </c>
     </row>
     <row r="4001" spans="1:3">
       <c r="A4001" s="1" t="s">
         <v>4001</v>
       </c>
       <c r="B4001" s="2">
-        <v>131.462</v>
+        <v>131.463</v>
       </c>
     </row>
     <row r="4002" spans="1:3">
       <c r="A4002" s="1" t="s">
         <v>4002</v>
       </c>
       <c r="B4002" s="2">
         <v>131.483</v>
       </c>
     </row>
     <row r="4003" spans="1:3">
       <c r="A4003" s="1" t="s">
         <v>4003</v>
       </c>
       <c r="B4003" s="2">
         <v>131.465</v>
       </c>
     </row>
     <row r="4004" spans="1:3">
       <c r="A4004" s="1" t="s">
         <v>4004</v>
       </c>
       <c r="B4004" s="2">
-        <v>131.451</v>
+        <v>131.383</v>
       </c>
     </row>
     <row r="4005" spans="1:3">
       <c r="A4005" s="1" t="s">
         <v>4005</v>
       </c>
       <c r="B4005" s="2">
-        <v>131.423</v>
+        <v>131.4</v>
       </c>
     </row>
     <row r="4006" spans="1:3">
       <c r="A4006" s="1" t="s">
         <v>4006</v>
       </c>
       <c r="B4006" s="2">
-        <v>131.443</v>
+        <v>131.405</v>
       </c>
     </row>
     <row r="4007" spans="1:3">
       <c r="A4007" s="1" t="s">
         <v>4007</v>
       </c>
       <c r="B4007" s="2">
-        <v>131.584</v>
+        <v>131.444</v>
       </c>
     </row>
     <row r="4008" spans="1:3">
       <c r="A4008" s="1" t="s">
         <v>4008</v>
       </c>
       <c r="B4008" s="2">
-        <v>131.513</v>
+        <v>131.422</v>
       </c>
     </row>
     <row r="4009" spans="1:3">
       <c r="A4009" s="1" t="s">
         <v>4009</v>
       </c>
       <c r="B4009" s="2">
-        <v>131.286</v>
+        <v>131.452</v>
       </c>
     </row>
     <row r="4010" spans="1:3">
       <c r="A4010" s="1" t="s">
         <v>4010</v>
       </c>
       <c r="B4010" s="2">
-        <v>131.491</v>
+        <v>131.423</v>
       </c>
     </row>
     <row r="4011" spans="1:3">
       <c r="A4011" s="1" t="s">
         <v>4011</v>
       </c>
       <c r="B4011" s="2">
-        <v>131.47</v>
+        <v>131.443</v>
       </c>
     </row>
     <row r="4012" spans="1:3">
       <c r="A4012" s="1" t="s">
         <v>4012</v>
       </c>
       <c r="B4012" s="2">
-        <v>131.492</v>
+        <v>131.584</v>
       </c>
     </row>
     <row r="4013" spans="1:3">
       <c r="A4013" s="1" t="s">
         <v>4013</v>
       </c>
       <c r="B4013" s="2">
-        <v>131.411</v>
+        <v>131.513</v>
       </c>
     </row>
     <row r="4014" spans="1:3">
       <c r="A4014" s="1" t="s">
         <v>4014</v>
       </c>
       <c r="B4014" s="2">
-        <v>131.394</v>
+        <v>131.286</v>
       </c>
     </row>
     <row r="4015" spans="1:3">
       <c r="A4015" s="1" t="s">
         <v>4015</v>
       </c>
       <c r="B4015" s="2">
-        <v>131.407</v>
+        <v>131.491</v>
       </c>
     </row>
     <row r="4016" spans="1:3">
       <c r="A4016" s="1" t="s">
         <v>4016</v>
       </c>
       <c r="B4016" s="2">
-        <v>131.446</v>
+        <v>131.47</v>
       </c>
     </row>
     <row r="4017" spans="1:3">
       <c r="A4017" s="1" t="s">
         <v>4017</v>
       </c>
       <c r="B4017" s="2">
-        <v>131.473</v>
+        <v>131.492</v>
       </c>
     </row>
     <row r="4018" spans="1:3">
       <c r="A4018" s="1" t="s">
         <v>4018</v>
       </c>
       <c r="B4018" s="2">
-        <v>131.483</v>
+        <v>131.411</v>
       </c>
     </row>
     <row r="4019" spans="1:3">
       <c r="A4019" s="1" t="s">
         <v>4019</v>
       </c>
       <c r="B4019" s="2">
-        <v>131.522</v>
+        <v>131.394</v>
       </c>
     </row>
     <row r="4020" spans="1:3">
       <c r="A4020" s="1" t="s">
         <v>4020</v>
       </c>
       <c r="B4020" s="2">
-        <v>131.523</v>
+        <v>131.407</v>
       </c>
     </row>
     <row r="4021" spans="1:3">
       <c r="A4021" s="1" t="s">
         <v>4021</v>
       </c>
       <c r="B4021" s="2">
-        <v>131.565</v>
+        <v>131.446</v>
       </c>
     </row>
     <row r="4022" spans="1:3">
       <c r="A4022" s="1" t="s">
         <v>4022</v>
       </c>
       <c r="B4022" s="2">
-        <v>131.575</v>
+        <v>131.473</v>
       </c>
     </row>
     <row r="4023" spans="1:3">
       <c r="A4023" s="1" t="s">
         <v>4023</v>
       </c>
       <c r="B4023" s="2">
-        <v>131.587</v>
+        <v>131.483</v>
       </c>
     </row>
     <row r="4024" spans="1:3">
       <c r="A4024" s="1" t="s">
         <v>4024</v>
       </c>
       <c r="B4024" s="2">
-        <v>131.597</v>
+        <v>131.522</v>
       </c>
     </row>
     <row r="4025" spans="1:3">
       <c r="A4025" s="1" t="s">
         <v>4025</v>
       </c>
       <c r="B4025" s="2">
-        <v>131.545</v>
+        <v>131.523</v>
       </c>
     </row>
     <row r="4026" spans="1:3">
       <c r="A4026" s="1" t="s">
         <v>4026</v>
       </c>
       <c r="B4026" s="2">
-        <v>131.576</v>
+        <v>131.565</v>
       </c>
     </row>
     <row r="4027" spans="1:3">
       <c r="A4027" s="1" t="s">
         <v>4027</v>
       </c>
       <c r="B4027" s="2">
-        <v>131.596</v>
+        <v>131.575</v>
       </c>
     </row>
     <row r="4028" spans="1:3">
       <c r="A4028" s="1" t="s">
         <v>4028</v>
       </c>
       <c r="B4028" s="2">
+        <v>131.587</v>
+      </c>
+    </row>
+    <row r="4029" spans="1:3">
+      <c r="A4029" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="B4029" s="2">
+        <v>131.597</v>
+      </c>
+    </row>
+    <row r="4030" spans="1:3">
+      <c r="A4030" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="B4030" s="2">
+        <v>131.546</v>
+      </c>
+    </row>
+    <row r="4031" spans="1:3">
+      <c r="A4031" s="1" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B4031" s="2">
+        <v>131.576</v>
+      </c>
+    </row>
+    <row r="4032" spans="1:3">
+      <c r="A4032" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="B4032" s="2">
+        <v>131.596</v>
+      </c>
+    </row>
+    <row r="4033" spans="1:3">
+      <c r="A4033" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="B4033" s="2">
         <v>131.557</v>
+      </c>
+    </row>
+    <row r="4034" spans="1:3">
+      <c r="A4034" s="1" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B4034" s="2">
+        <v>131.537</v>
+      </c>
+    </row>
+    <row r="4035" spans="1:3">
+      <c r="A4035" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B4035" s="2">
+        <v>131.346</v>
+      </c>
+    </row>
+    <row r="4036" spans="1:3">
+      <c r="A4036" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="B4036" s="2">
+        <v>131.374</v>
+      </c>
+    </row>
+    <row r="4037" spans="1:3">
+      <c r="A4037" s="1" t="s">
+        <v>4037</v>
+      </c>
+      <c r="B4037" s="2">
+        <v>131.333</v>
+      </c>
+    </row>
+    <row r="4038" spans="1:3">
+      <c r="A4038" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B4038" s="2">
+        <v>131.409</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">