--- v1 (2025-12-15)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPIG13_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4039">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4081">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>01/06/2010</t>
   </si>
   <si>
     <t>02/06/2010</t>
   </si>
   <si>
     <t>03/06/2010</t>
   </si>
   <si>
     <t>04/06/2010</t>
   </si>
   <si>
     <t>07/06/2010</t>
   </si>
   <si>
     <t>08/06/2010</t>
   </si>
   <si>
@@ -12129,50 +12129,176 @@
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>05/12/2025</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>09/12/2025</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -12498,51 +12624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C4038"/>
+  <dimension ref="A1:C4080"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -44813,50 +44939,386 @@
         <v>131.346</v>
       </c>
     </row>
     <row r="4036" spans="1:3">
       <c r="A4036" s="1" t="s">
         <v>4036</v>
       </c>
       <c r="B4036" s="2">
         <v>131.374</v>
       </c>
     </row>
     <row r="4037" spans="1:3">
       <c r="A4037" s="1" t="s">
         <v>4037</v>
       </c>
       <c r="B4037" s="2">
         <v>131.333</v>
       </c>
     </row>
     <row r="4038" spans="1:3">
       <c r="A4038" s="1" t="s">
         <v>4038</v>
       </c>
       <c r="B4038" s="2">
         <v>131.409</v>
+      </c>
+    </row>
+    <row r="4039" spans="1:3">
+      <c r="A4039" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="B4039" s="2">
+        <v>131.407</v>
+      </c>
+    </row>
+    <row r="4040" spans="1:3">
+      <c r="A4040" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B4040" s="2">
+        <v>131.433</v>
+      </c>
+    </row>
+    <row r="4041" spans="1:3">
+      <c r="A4041" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="B4041" s="2">
+        <v>131.486</v>
+      </c>
+    </row>
+    <row r="4042" spans="1:3">
+      <c r="A4042" s="1" t="s">
+        <v>4042</v>
+      </c>
+      <c r="B4042" s="2">
+        <v>131.494</v>
+      </c>
+    </row>
+    <row r="4043" spans="1:3">
+      <c r="A4043" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B4043" s="2">
+        <v>131.542</v>
+      </c>
+    </row>
+    <row r="4044" spans="1:3">
+      <c r="A4044" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="B4044" s="2">
+        <v>131.498</v>
+      </c>
+    </row>
+    <row r="4045" spans="1:3">
+      <c r="A4045" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="B4045" s="2">
+        <v>131.491</v>
+      </c>
+    </row>
+    <row r="4046" spans="1:3">
+      <c r="A4046" s="1" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B4046" s="2">
+        <v>131.547</v>
+      </c>
+    </row>
+    <row r="4047" spans="1:3">
+      <c r="A4047" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B4047" s="2">
+        <v>131.557</v>
+      </c>
+    </row>
+    <row r="4048" spans="1:3">
+      <c r="A4048" s="1" t="s">
+        <v>4048</v>
+      </c>
+      <c r="B4048" s="2">
+        <v>131.575</v>
+      </c>
+    </row>
+    <row r="4049" spans="1:3">
+      <c r="A4049" s="1" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B4049" s="2">
+        <v>131.668</v>
+      </c>
+    </row>
+    <row r="4050" spans="1:3">
+      <c r="A4050" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B4050" s="2">
+        <v>131.681</v>
+      </c>
+    </row>
+    <row r="4051" spans="1:3">
+      <c r="A4051" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="B4051" s="2">
+        <v>131.69</v>
+      </c>
+    </row>
+    <row r="4052" spans="1:3">
+      <c r="A4052" s="1" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B4052" s="2">
+        <v>131.654</v>
+      </c>
+    </row>
+    <row r="4053" spans="1:3">
+      <c r="A4053" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B4053" s="2">
+        <v>131.718</v>
+      </c>
+    </row>
+    <row r="4054" spans="1:3">
+      <c r="A4054" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B4054" s="2">
+        <v>131.78</v>
+      </c>
+    </row>
+    <row r="4055" spans="1:3">
+      <c r="A4055" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="B4055" s="2">
+        <v>131.82</v>
+      </c>
+    </row>
+    <row r="4056" spans="1:3">
+      <c r="A4056" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B4056" s="2">
+        <v>131.82</v>
+      </c>
+    </row>
+    <row r="4057" spans="1:3">
+      <c r="A4057" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="B4057" s="2">
+        <v>131.821</v>
+      </c>
+    </row>
+    <row r="4058" spans="1:3">
+      <c r="A4058" s="1" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B4058" s="2">
+        <v>131.864</v>
+      </c>
+    </row>
+    <row r="4059" spans="1:3">
+      <c r="A4059" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="B4059" s="2">
+        <v>131.875</v>
+      </c>
+    </row>
+    <row r="4060" spans="1:3">
+      <c r="A4060" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="B4060" s="2">
+        <v>131.931</v>
+      </c>
+    </row>
+    <row r="4061" spans="1:3">
+      <c r="A4061" s="1" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B4061" s="2">
+        <v>131.933</v>
+      </c>
+    </row>
+    <row r="4062" spans="1:3">
+      <c r="A4062" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B4062" s="2">
+        <v>131.893</v>
+      </c>
+    </row>
+    <row r="4063" spans="1:3">
+      <c r="A4063" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="B4063" s="2">
+        <v>131.955</v>
+      </c>
+    </row>
+    <row r="4064" spans="1:3">
+      <c r="A4064" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="B4064" s="2">
+        <v>131.962</v>
+      </c>
+    </row>
+    <row r="4065" spans="1:3">
+      <c r="A4065" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B4065" s="2">
+        <v>131.95</v>
+      </c>
+    </row>
+    <row r="4066" spans="1:3">
+      <c r="A4066" s="1" t="s">
+        <v>4066</v>
+      </c>
+      <c r="B4066" s="2">
+        <v>131.943</v>
+      </c>
+    </row>
+    <row r="4067" spans="1:3">
+      <c r="A4067" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B4067" s="2">
+        <v>131.939</v>
+      </c>
+    </row>
+    <row r="4068" spans="1:3">
+      <c r="A4068" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="B4068" s="2">
+        <v>132.008</v>
+      </c>
+    </row>
+    <row r="4069" spans="1:3">
+      <c r="A4069" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="B4069" s="2">
+        <v>132.044</v>
+      </c>
+    </row>
+    <row r="4070" spans="1:3">
+      <c r="A4070" s="1" t="s">
+        <v>4070</v>
+      </c>
+      <c r="B4070" s="2">
+        <v>132.104</v>
+      </c>
+    </row>
+    <row r="4071" spans="1:3">
+      <c r="A4071" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B4071" s="2">
+        <v>132.159</v>
+      </c>
+    </row>
+    <row r="4072" spans="1:3">
+      <c r="A4072" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="B4072" s="2">
+        <v>132.147</v>
+      </c>
+    </row>
+    <row r="4073" spans="1:3">
+      <c r="A4073" s="1" t="s">
+        <v>4073</v>
+      </c>
+      <c r="B4073" s="2">
+        <v>132.074</v>
+      </c>
+    </row>
+    <row r="4074" spans="1:3">
+      <c r="A4074" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B4074" s="2">
+        <v>132.087</v>
+      </c>
+    </row>
+    <row r="4075" spans="1:3">
+      <c r="A4075" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="B4075" s="2">
+        <v>132.129</v>
+      </c>
+    </row>
+    <row r="4076" spans="1:3">
+      <c r="A4076" s="1" t="s">
+        <v>4076</v>
+      </c>
+      <c r="B4076" s="2">
+        <v>132.136</v>
+      </c>
+    </row>
+    <row r="4077" spans="1:3">
+      <c r="A4077" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B4077" s="2">
+        <v>132.183</v>
+      </c>
+    </row>
+    <row r="4078" spans="1:3">
+      <c r="A4078" s="1" t="s">
+        <v>4078</v>
+      </c>
+      <c r="B4078" s="2">
+        <v>132.218</v>
+      </c>
+    </row>
+    <row r="4079" spans="1:3">
+      <c r="A4079" s="1" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B4079" s="2">
+        <v>132.267</v>
+      </c>
+    </row>
+    <row r="4080" spans="1:3">
+      <c r="A4080" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B4080" s="2">
+        <v>132.268</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">