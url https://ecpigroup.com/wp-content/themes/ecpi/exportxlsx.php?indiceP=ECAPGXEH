--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGXEH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3384">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>31/12/2012</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>02/01/2013</t>
   </si>
   <si>
     <t>03/01/2013</t>
   </si>
   <si>
     <t>04/01/2013</t>
   </si>
   <si>
     <t>07/01/2013</t>
   </si>
   <si>
@@ -9977,50 +9977,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -10050,50 +10065,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -10419,51 +10533,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3345"/>
+  <dimension ref="A1:C3383"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -36965,275 +37079,579 @@
       <c r="B3314" s="2">
         <v>1026.667</v>
       </c>
     </row>
     <row r="3315" spans="1:3">
       <c r="A3315" s="1" t="s">
         <v>3315</v>
       </c>
       <c r="B3315" s="2">
         <v>1028.868</v>
       </c>
     </row>
     <row r="3316" spans="1:3">
       <c r="A3316" s="1" t="s">
         <v>3316</v>
       </c>
       <c r="B3316" s="2">
         <v>1028.737</v>
       </c>
     </row>
     <row r="3317" spans="1:3">
       <c r="A3317" s="1" t="s">
         <v>3317</v>
       </c>
       <c r="B3317" s="2">
-        <v>1029.155</v>
+        <v>1029.156</v>
       </c>
     </row>
     <row r="3318" spans="1:3">
       <c r="A3318" s="1" t="s">
         <v>3318</v>
       </c>
       <c r="B3318" s="2">
         <v>1030.826</v>
       </c>
     </row>
     <row r="3319" spans="1:3">
       <c r="A3319" s="1" t="s">
         <v>3319</v>
       </c>
       <c r="B3319" s="2">
-        <v>1031.747</v>
+        <v>1031.748</v>
       </c>
     </row>
     <row r="3320" spans="1:3">
       <c r="A3320" s="1" t="s">
         <v>3320</v>
       </c>
       <c r="B3320" s="2">
         <v>1030.184</v>
       </c>
     </row>
     <row r="3321" spans="1:3">
       <c r="A3321" s="1" t="s">
         <v>3321</v>
       </c>
       <c r="B3321" s="2">
-        <v>1027.568</v>
+        <v>1030.582</v>
       </c>
     </row>
     <row r="3322" spans="1:3">
       <c r="A3322" s="1" t="s">
         <v>3322</v>
       </c>
       <c r="B3322" s="2">
-        <v>1026.439</v>
+        <v>1030.757</v>
       </c>
     </row>
     <row r="3323" spans="1:3">
       <c r="A3323" s="1" t="s">
         <v>3323</v>
       </c>
       <c r="B3323" s="2">
-        <v>1026.933</v>
+        <v>1031.817</v>
       </c>
     </row>
     <row r="3324" spans="1:3">
       <c r="A3324" s="1" t="s">
         <v>3324</v>
       </c>
       <c r="B3324" s="2">
-        <v>1024.218</v>
+        <v>1028.826</v>
       </c>
     </row>
     <row r="3325" spans="1:3">
       <c r="A3325" s="1" t="s">
         <v>3325</v>
       </c>
       <c r="B3325" s="2">
-        <v>1026.673</v>
+        <v>1027.563</v>
       </c>
     </row>
     <row r="3326" spans="1:3">
       <c r="A3326" s="1" t="s">
         <v>3326</v>
       </c>
       <c r="B3326" s="2">
-        <v>1026.709</v>
+        <v>1027.568</v>
       </c>
     </row>
     <row r="3327" spans="1:3">
       <c r="A3327" s="1" t="s">
         <v>3327</v>
       </c>
       <c r="B3327" s="2">
-        <v>1025.502</v>
+        <v>1026.439</v>
       </c>
     </row>
     <row r="3328" spans="1:3">
       <c r="A3328" s="1" t="s">
         <v>3328</v>
       </c>
       <c r="B3328" s="2">
-        <v>1025.951</v>
+        <v>1026.933</v>
       </c>
     </row>
     <row r="3329" spans="1:3">
       <c r="A3329" s="1" t="s">
         <v>3329</v>
       </c>
       <c r="B3329" s="2">
-        <v>1027.367</v>
+        <v>1024.218</v>
       </c>
     </row>
     <row r="3330" spans="1:3">
       <c r="A3330" s="1" t="s">
         <v>3330</v>
       </c>
       <c r="B3330" s="2">
-        <v>1025.47</v>
+        <v>1026.673</v>
       </c>
     </row>
     <row r="3331" spans="1:3">
       <c r="A3331" s="1" t="s">
         <v>3331</v>
       </c>
       <c r="B3331" s="2">
-        <v>1023.219</v>
+        <v>1026.709</v>
       </c>
     </row>
     <row r="3332" spans="1:3">
       <c r="A3332" s="1" t="s">
         <v>3332</v>
       </c>
       <c r="B3332" s="2">
-        <v>1023.181</v>
+        <v>1025.502</v>
       </c>
     </row>
     <row r="3333" spans="1:3">
       <c r="A3333" s="1" t="s">
         <v>3333</v>
       </c>
       <c r="B3333" s="2">
-        <v>1023.285</v>
+        <v>1025.951</v>
       </c>
     </row>
     <row r="3334" spans="1:3">
       <c r="A3334" s="1" t="s">
         <v>3334</v>
       </c>
       <c r="B3334" s="2">
-        <v>1022.204</v>
+        <v>1027.367</v>
       </c>
     </row>
     <row r="3335" spans="1:3">
       <c r="A3335" s="1" t="s">
         <v>3335</v>
       </c>
       <c r="B3335" s="2">
-        <v>1022.838</v>
+        <v>1025.47</v>
       </c>
     </row>
     <row r="3336" spans="1:3">
       <c r="A3336" s="1" t="s">
         <v>3336</v>
       </c>
       <c r="B3336" s="2">
-        <v>1025.17</v>
+        <v>1023.219</v>
       </c>
     </row>
     <row r="3337" spans="1:3">
       <c r="A3337" s="1" t="s">
         <v>3337</v>
       </c>
       <c r="B3337" s="2">
-        <v>1026.218</v>
+        <v>1023.181</v>
       </c>
     </row>
     <row r="3338" spans="1:3">
       <c r="A3338" s="1" t="s">
         <v>3338</v>
       </c>
       <c r="B3338" s="2">
-        <v>1027.415</v>
+        <v>1023.285</v>
       </c>
     </row>
     <row r="3339" spans="1:3">
       <c r="A3339" s="1" t="s">
         <v>3339</v>
       </c>
       <c r="B3339" s="2">
-        <v>1028.14</v>
+        <v>1022.204</v>
       </c>
     </row>
     <row r="3340" spans="1:3">
       <c r="A3340" s="1" t="s">
         <v>3340</v>
       </c>
       <c r="B3340" s="2">
-        <v>1028.32</v>
+        <v>1022.838</v>
       </c>
     </row>
     <row r="3341" spans="1:3">
       <c r="A3341" s="1" t="s">
         <v>3341</v>
       </c>
       <c r="B3341" s="2">
-        <v>1026.981</v>
+        <v>1025.17</v>
       </c>
     </row>
     <row r="3342" spans="1:3">
       <c r="A3342" s="1" t="s">
         <v>3342</v>
       </c>
       <c r="B3342" s="2">
-        <v>1031.38</v>
+        <v>1026.218</v>
       </c>
     </row>
     <row r="3343" spans="1:3">
       <c r="A3343" s="1" t="s">
         <v>3343</v>
       </c>
       <c r="B3343" s="2">
-        <v>1023.154</v>
+        <v>1027.415</v>
       </c>
     </row>
     <row r="3344" spans="1:3">
       <c r="A3344" s="1" t="s">
         <v>3344</v>
       </c>
       <c r="B3344" s="2">
-        <v>1023.646</v>
+        <v>1028.14</v>
       </c>
     </row>
     <row r="3345" spans="1:3">
       <c r="A3345" s="1" t="s">
         <v>3345</v>
       </c>
       <c r="B3345" s="2">
+        <v>1028.32</v>
+      </c>
+    </row>
+    <row r="3346" spans="1:3">
+      <c r="A3346" s="1" t="s">
+        <v>3346</v>
+      </c>
+      <c r="B3346" s="2">
+        <v>1026.981</v>
+      </c>
+    </row>
+    <row r="3347" spans="1:3">
+      <c r="A3347" s="1" t="s">
+        <v>3347</v>
+      </c>
+      <c r="B3347" s="2">
+        <v>1022.958</v>
+      </c>
+    </row>
+    <row r="3348" spans="1:3">
+      <c r="A3348" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B3348" s="2">
+        <v>1023.154</v>
+      </c>
+    </row>
+    <row r="3349" spans="1:3">
+      <c r="A3349" s="1" t="s">
+        <v>3349</v>
+      </c>
+      <c r="B3349" s="2">
+        <v>1023.646</v>
+      </c>
+    </row>
+    <row r="3350" spans="1:3">
+      <c r="A3350" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B3350" s="2">
         <v>1022.242</v>
+      </c>
+    </row>
+    <row r="3351" spans="1:3">
+      <c r="A3351" s="1" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B3351" s="2">
+        <v>1020.697</v>
+      </c>
+    </row>
+    <row r="3352" spans="1:3">
+      <c r="A3352" s="1" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B3352" s="2">
+        <v>1019.065</v>
+      </c>
+    </row>
+    <row r="3353" spans="1:3">
+      <c r="A3353" s="1" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B3353" s="2">
+        <v>1018.806</v>
+      </c>
+    </row>
+    <row r="3354" spans="1:3">
+      <c r="A3354" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B3354" s="2">
+        <v>1020.006</v>
+      </c>
+    </row>
+    <row r="3355" spans="1:3">
+      <c r="A3355" s="1" t="s">
+        <v>3355</v>
+      </c>
+      <c r="B3355" s="2">
+        <v>1021.289</v>
+      </c>
+    </row>
+    <row r="3356" spans="1:3">
+      <c r="A3356" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="B3356" s="2">
+        <v>1019.332</v>
+      </c>
+    </row>
+    <row r="3357" spans="1:3">
+      <c r="A3357" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B3357" s="2">
+        <v>1019.952</v>
+      </c>
+    </row>
+    <row r="3358" spans="1:3">
+      <c r="A3358" s="1" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B3358" s="2">
+        <v>1020.878</v>
+      </c>
+    </row>
+    <row r="3359" spans="1:3">
+      <c r="A3359" s="1" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B3359" s="2">
+        <v>1020.788</v>
+      </c>
+    </row>
+    <row r="3360" spans="1:3">
+      <c r="A3360" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B3360" s="2">
+        <v>1022.198</v>
+      </c>
+    </row>
+    <row r="3361" spans="1:3">
+      <c r="A3361" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="B3361" s="2">
+        <v>1020.447</v>
+      </c>
+    </row>
+    <row r="3362" spans="1:3">
+      <c r="A3362" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B3362" s="2">
+        <v>1018.982</v>
+      </c>
+    </row>
+    <row r="3363" spans="1:3">
+      <c r="A3363" s="1" t="s">
+        <v>3363</v>
+      </c>
+      <c r="B3363" s="2">
+        <v>1019.532</v>
+      </c>
+    </row>
+    <row r="3364" spans="1:3">
+      <c r="A3364" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="B3364" s="2">
+        <v>1020.579</v>
+      </c>
+    </row>
+    <row r="3365" spans="1:3">
+      <c r="A3365" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B3365" s="2">
+        <v>1021.362</v>
+      </c>
+    </row>
+    <row r="3366" spans="1:3">
+      <c r="A3366" s="1" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B3366" s="2">
+        <v>1021.879</v>
+      </c>
+    </row>
+    <row r="3367" spans="1:3">
+      <c r="A3367" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="B3367" s="2">
+        <v>1021.592</v>
+      </c>
+    </row>
+    <row r="3368" spans="1:3">
+      <c r="A3368" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B3368" s="2">
+        <v>1021.331</v>
+      </c>
+    </row>
+    <row r="3369" spans="1:3">
+      <c r="A3369" s="1" t="s">
+        <v>3369</v>
+      </c>
+      <c r="B3369" s="2">
+        <v>1019.592</v>
+      </c>
+    </row>
+    <row r="3370" spans="1:3">
+      <c r="A3370" s="1" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B3370" s="2">
+        <v>1019.846</v>
+      </c>
+    </row>
+    <row r="3371" spans="1:3">
+      <c r="A3371" s="1" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B3371" s="2">
+        <v>1019.174</v>
+      </c>
+    </row>
+    <row r="3372" spans="1:3">
+      <c r="A3372" s="1" t="s">
+        <v>3372</v>
+      </c>
+      <c r="B3372" s="2">
+        <v>1021.112</v>
+      </c>
+    </row>
+    <row r="3373" spans="1:3">
+      <c r="A3373" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B3373" s="2">
+        <v>1020.623</v>
+      </c>
+    </row>
+    <row r="3374" spans="1:3">
+      <c r="A3374" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B3374" s="2">
+        <v>1021.603</v>
+      </c>
+    </row>
+    <row r="3375" spans="1:3">
+      <c r="A3375" s="1" t="s">
+        <v>3375</v>
+      </c>
+      <c r="B3375" s="2">
+        <v>1021.111</v>
+      </c>
+    </row>
+    <row r="3376" spans="1:3">
+      <c r="A3376" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="B3376" s="2">
+        <v>1020.204</v>
+      </c>
+    </row>
+    <row r="3377" spans="1:3">
+      <c r="A3377" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B3377" s="2">
+        <v>1021.395</v>
+      </c>
+    </row>
+    <row r="3378" spans="1:3">
+      <c r="A3378" s="1" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B3378" s="2">
+        <v>1020.933</v>
+      </c>
+    </row>
+    <row r="3379" spans="1:3">
+      <c r="A3379" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="B3379" s="2">
+        <v>1019.038</v>
+      </c>
+    </row>
+    <row r="3380" spans="1:3">
+      <c r="A3380" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B3380" s="2">
+        <v>1017.681</v>
+      </c>
+    </row>
+    <row r="3381" spans="1:3">
+      <c r="A3381" s="1" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B3381" s="2">
+        <v>1012.813</v>
+      </c>
+    </row>
+    <row r="3382" spans="1:3">
+      <c r="A3382" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B3382" s="2">
+        <v>1015.025</v>
+      </c>
+    </row>
+    <row r="3383" spans="1:3">
+      <c r="A3383" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B3383" s="2">
+        <v>1016.02</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">