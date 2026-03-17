--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGXEH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3420">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>31/12/2012</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>02/01/2013</t>
   </si>
   <si>
     <t>03/01/2013</t>
   </si>
   <si>
     <t>04/01/2013</t>
   </si>
   <si>
     <t>07/01/2013</t>
   </si>
   <si>
@@ -10164,50 +10164,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -10533,51 +10641,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3383"/>
+  <dimension ref="A1:C3419"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -37608,50 +37716,338 @@
         <v>1017.681</v>
       </c>
     </row>
     <row r="3381" spans="1:3">
       <c r="A3381" s="1" t="s">
         <v>3381</v>
       </c>
       <c r="B3381" s="2">
         <v>1012.813</v>
       </c>
     </row>
     <row r="3382" spans="1:3">
       <c r="A3382" s="1" t="s">
         <v>3382</v>
       </c>
       <c r="B3382" s="2">
         <v>1015.025</v>
       </c>
     </row>
     <row r="3383" spans="1:3">
       <c r="A3383" s="1" t="s">
         <v>3383</v>
       </c>
       <c r="B3383" s="2">
         <v>1016.02</v>
+      </c>
+    </row>
+    <row r="3384" spans="1:3">
+      <c r="A3384" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="B3384" s="2">
+        <v>1016.491</v>
+      </c>
+    </row>
+    <row r="3385" spans="1:3">
+      <c r="A3385" s="1" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B3385" s="2">
+        <v>1017.622</v>
+      </c>
+    </row>
+    <row r="3386" spans="1:3">
+      <c r="A3386" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B3386" s="2">
+        <v>1016.12</v>
+      </c>
+    </row>
+    <row r="3387" spans="1:3">
+      <c r="A3387" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B3387" s="2">
+        <v>1016.048</v>
+      </c>
+    </row>
+    <row r="3388" spans="1:3">
+      <c r="A3388" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="B3388" s="2">
+        <v>1016.621</v>
+      </c>
+    </row>
+    <row r="3389" spans="1:3">
+      <c r="A3389" s="1" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B3389" s="2">
+        <v>1016.861</v>
+      </c>
+    </row>
+    <row r="3390" spans="1:3">
+      <c r="A3390" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B3390" s="2">
+        <v>1015.834</v>
+      </c>
+    </row>
+    <row r="3391" spans="1:3">
+      <c r="A3391" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="B3391" s="2">
+        <v>1015.613</v>
+      </c>
+    </row>
+    <row r="3392" spans="1:3">
+      <c r="A3392" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B3392" s="2">
+        <v>1015.454</v>
+      </c>
+    </row>
+    <row r="3393" spans="1:3">
+      <c r="A3393" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B3393" s="2">
+        <v>1018.841</v>
+      </c>
+    </row>
+    <row r="3394" spans="1:3">
+      <c r="A3394" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B3394" s="2">
+        <v>1019.003</v>
+      </c>
+    </row>
+    <row r="3395" spans="1:3">
+      <c r="A3395" s="1" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B3395" s="2">
+        <v>1018.647</v>
+      </c>
+    </row>
+    <row r="3396" spans="1:3">
+      <c r="A3396" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B3396" s="2">
+        <v>1022.149</v>
+      </c>
+    </row>
+    <row r="3397" spans="1:3">
+      <c r="A3397" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B3397" s="2">
+        <v>1021.047</v>
+      </c>
+    </row>
+    <row r="3398" spans="1:3">
+      <c r="A3398" s="1" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B3398" s="2">
+        <v>1024.514</v>
+      </c>
+    </row>
+    <row r="3399" spans="1:3">
+      <c r="A3399" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B3399" s="2">
+        <v>1027.552</v>
+      </c>
+    </row>
+    <row r="3400" spans="1:3">
+      <c r="A3400" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B3400" s="2">
+        <v>1024.783</v>
+      </c>
+    </row>
+    <row r="3401" spans="1:3">
+      <c r="A3401" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B3401" s="2">
+        <v>1029.114</v>
+      </c>
+    </row>
+    <row r="3402" spans="1:3">
+      <c r="A3402" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B3402" s="2">
+        <v>1028.244</v>
+      </c>
+    </row>
+    <row r="3403" spans="1:3">
+      <c r="A3403" s="1" t="s">
+        <v>3403</v>
+      </c>
+      <c r="B3403" s="2">
+        <v>1028.48</v>
+      </c>
+    </row>
+    <row r="3404" spans="1:3">
+      <c r="A3404" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B3404" s="2">
+        <v>1028.865</v>
+      </c>
+    </row>
+    <row r="3405" spans="1:3">
+      <c r="A3405" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B3405" s="2">
+        <v>1030.873</v>
+      </c>
+    </row>
+    <row r="3406" spans="1:3">
+      <c r="A3406" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B3406" s="2">
+        <v>1031.423</v>
+      </c>
+    </row>
+    <row r="3407" spans="1:3">
+      <c r="A3407" s="1" t="s">
+        <v>3407</v>
+      </c>
+      <c r="B3407" s="2">
+        <v>1030.031</v>
+      </c>
+    </row>
+    <row r="3408" spans="1:3">
+      <c r="A3408" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B3408" s="2">
+        <v>1031.435</v>
+      </c>
+    </row>
+    <row r="3409" spans="1:3">
+      <c r="A3409" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B3409" s="2">
+        <v>1034.302</v>
+      </c>
+    </row>
+    <row r="3410" spans="1:3">
+      <c r="A3410" s="1" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B3410" s="2">
+        <v>1031.349</v>
+      </c>
+    </row>
+    <row r="3411" spans="1:3">
+      <c r="A3411" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B3411" s="2">
+        <v>1028.44</v>
+      </c>
+    </row>
+    <row r="3412" spans="1:3">
+      <c r="A3412" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B3412" s="2">
+        <v>1027.876</v>
+      </c>
+    </row>
+    <row r="3413" spans="1:3">
+      <c r="A3413" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="B3413" s="2">
+        <v>1024.879</v>
+      </c>
+    </row>
+    <row r="3414" spans="1:3">
+      <c r="A3414" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B3414" s="2">
+        <v>1023.57</v>
+      </c>
+    </row>
+    <row r="3415" spans="1:3">
+      <c r="A3415" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="B3415" s="2">
+        <v>1024.441</v>
+      </c>
+    </row>
+    <row r="3416" spans="1:3">
+      <c r="A3416" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B3416" s="2">
+        <v>1024.052</v>
+      </c>
+    </row>
+    <row r="3417" spans="1:3">
+      <c r="A3417" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B3417" s="2">
+        <v>1020.118</v>
+      </c>
+    </row>
+    <row r="3418" spans="1:3">
+      <c r="A3418" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B3418" s="2">
+        <v>1017.119</v>
+      </c>
+    </row>
+    <row r="3419" spans="1:3">
+      <c r="A3419" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B3419" s="2">
+        <v>1015.184</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">