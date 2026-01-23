--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGPH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2504">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>PRICE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>08/06/2016</t>
   </si>
   <si>
     <t>09/06/2016</t>
   </si>
   <si>
     <t>10/06/2016</t>
   </si>
   <si>
     <t>13/06/2016</t>
   </si>
   <si>
@@ -7337,50 +7337,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -7410,50 +7425,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -7779,51 +7893,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2463"/>
+  <dimension ref="A1:D2501"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
     <col min="4" max="4" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
@@ -41877,446 +41991,978 @@
         <v>3200.919</v>
       </c>
     </row>
     <row r="2434" spans="1:4">
       <c r="A2434" s="1" t="s">
         <v>2436</v>
       </c>
       <c r="B2434" s="2">
         <v>2708.184</v>
       </c>
       <c r="C2434" s="2">
         <v>3386.056</v>
       </c>
       <c r="D2434" s="2">
         <v>3205.036</v>
       </c>
     </row>
     <row r="2435" spans="1:4">
       <c r="A2435" s="1" t="s">
         <v>2437</v>
       </c>
       <c r="B2435" s="2">
         <v>2741.32</v>
       </c>
       <c r="C2435" s="2">
-        <v>3427.517</v>
+        <v>3427.518</v>
       </c>
       <c r="D2435" s="2">
         <v>3244.272</v>
       </c>
     </row>
     <row r="2436" spans="1:4">
       <c r="A2436" s="1" t="s">
         <v>2438</v>
       </c>
       <c r="B2436" s="2">
-        <v>2740.964</v>
+        <v>2740.965</v>
       </c>
       <c r="C2436" s="2">
         <v>3427.091</v>
       </c>
       <c r="D2436" s="2">
-        <v>3243.863</v>
+        <v>3243.864</v>
       </c>
     </row>
     <row r="2437" spans="1:4">
       <c r="A2437" s="1" t="s">
         <v>2439</v>
       </c>
       <c r="B2437" s="2">
-        <v>2723.911</v>
+        <v>2723.912</v>
       </c>
       <c r="C2437" s="2">
-        <v>3405.817</v>
+        <v>3405.818</v>
       </c>
       <c r="D2437" s="2">
-        <v>3223.713</v>
+        <v>3223.714</v>
       </c>
     </row>
     <row r="2438" spans="1:4">
       <c r="A2438" s="1" t="s">
         <v>2440</v>
       </c>
       <c r="B2438" s="2">
         <v>2736.222</v>
       </c>
       <c r="C2438" s="2">
         <v>3421.269</v>
       </c>
       <c r="D2438" s="2">
         <v>3238.322</v>
       </c>
     </row>
     <row r="2439" spans="1:4">
       <c r="A2439" s="1" t="s">
         <v>2441</v>
       </c>
       <c r="B2439" s="2">
-        <v>2772.805</v>
+        <v>2755.55</v>
       </c>
       <c r="C2439" s="2">
-        <v>3467.946</v>
+        <v>3445.611</v>
       </c>
       <c r="D2439" s="2">
-        <v>3282.287</v>
+        <v>3261.313</v>
       </c>
     </row>
     <row r="2440" spans="1:4">
       <c r="A2440" s="1" t="s">
         <v>2442</v>
       </c>
       <c r="B2440" s="2">
-        <v>2777.987</v>
+        <v>2791.634</v>
       </c>
       <c r="C2440" s="2">
-        <v>3474.593</v>
+        <v>3490.932</v>
       </c>
       <c r="D2440" s="2">
-        <v>3288.531</v>
+        <v>3304.164</v>
       </c>
     </row>
     <row r="2441" spans="1:4">
       <c r="A2441" s="1" t="s">
         <v>2443</v>
       </c>
       <c r="B2441" s="2">
-        <v>2745.089</v>
+        <v>2794.578</v>
       </c>
       <c r="C2441" s="2">
-        <v>3433.47</v>
+        <v>3494.662</v>
       </c>
       <c r="D2441" s="2">
-        <v>3249.602</v>
+        <v>3307.688</v>
       </c>
     </row>
     <row r="2442" spans="1:4">
       <c r="A2442" s="1" t="s">
         <v>2444</v>
       </c>
       <c r="B2442" s="2">
-        <v>2756.636</v>
+        <v>2791.044</v>
       </c>
       <c r="C2442" s="2">
-        <v>3448.064</v>
+        <v>3490.255</v>
       </c>
       <c r="D2442" s="2">
-        <v>3263.388</v>
+        <v>3303.513</v>
       </c>
     </row>
     <row r="2443" spans="1:4">
       <c r="A2443" s="1" t="s">
         <v>2445</v>
       </c>
       <c r="B2443" s="2">
-        <v>2731.872</v>
+        <v>2766.727</v>
       </c>
       <c r="C2443" s="2">
-        <v>3417.298</v>
+        <v>3460.167</v>
       </c>
       <c r="D2443" s="2">
-        <v>3234.27</v>
+        <v>3274.974</v>
       </c>
     </row>
     <row r="2444" spans="1:4">
       <c r="A2444" s="1" t="s">
         <v>2446</v>
       </c>
       <c r="B2444" s="2">
-        <v>2724.947</v>
+        <v>2772.806</v>
       </c>
       <c r="C2444" s="2">
-        <v>3408.751</v>
+        <v>3467.947</v>
       </c>
       <c r="D2444" s="2">
-        <v>3226.149</v>
+        <v>3282.287</v>
       </c>
     </row>
     <row r="2445" spans="1:4">
       <c r="A2445" s="1" t="s">
         <v>2447</v>
       </c>
       <c r="B2445" s="2">
-        <v>2765.819</v>
+        <v>2777.987</v>
       </c>
       <c r="C2445" s="2">
-        <v>3460.076</v>
+        <v>3474.593</v>
       </c>
       <c r="D2445" s="2">
-        <v>3274.67</v>
+        <v>3288.531</v>
       </c>
     </row>
     <row r="2446" spans="1:4">
       <c r="A2446" s="1" t="s">
         <v>2448</v>
       </c>
       <c r="B2446" s="2">
-        <v>2774.254</v>
+        <v>2745.089</v>
       </c>
       <c r="C2446" s="2">
-        <v>3470.744</v>
+        <v>3433.47</v>
       </c>
       <c r="D2446" s="2">
-        <v>3284.767</v>
+        <v>3249.602</v>
       </c>
     </row>
     <row r="2447" spans="1:4">
       <c r="A2447" s="1" t="s">
         <v>2449</v>
       </c>
       <c r="B2447" s="2">
-        <v>2777.724</v>
+        <v>2756.636</v>
       </c>
       <c r="C2447" s="2">
-        <v>3475.224</v>
+        <v>3448.064</v>
       </c>
       <c r="D2447" s="2">
-        <v>3288.968</v>
+        <v>3263.388</v>
       </c>
     </row>
     <row r="2448" spans="1:4">
       <c r="A2448" s="1" t="s">
         <v>2450</v>
       </c>
       <c r="B2448" s="2">
-        <v>2734.714</v>
+        <v>2731.872</v>
       </c>
       <c r="C2448" s="2">
-        <v>3421.648</v>
+        <v>3417.298</v>
       </c>
       <c r="D2448" s="2">
-        <v>3238.243</v>
+        <v>3234.27</v>
       </c>
     </row>
     <row r="2449" spans="1:4">
       <c r="A2449" s="1" t="s">
         <v>2451</v>
       </c>
       <c r="B2449" s="2">
-        <v>2724.396</v>
+        <v>2724.947</v>
       </c>
       <c r="C2449" s="2">
-        <v>3409.134</v>
+        <v>3408.751</v>
       </c>
       <c r="D2449" s="2">
-        <v>3226.292</v>
+        <v>3226.149</v>
       </c>
     </row>
     <row r="2450" spans="1:4">
       <c r="A2450" s="1" t="s">
         <v>2452</v>
       </c>
       <c r="B2450" s="2">
-        <v>2704.395</v>
+        <v>2765.819</v>
       </c>
       <c r="C2450" s="2">
-        <v>3384.377</v>
+        <v>3460.076</v>
       </c>
       <c r="D2450" s="2">
-        <v>3202.79</v>
+        <v>3274.67</v>
       </c>
     </row>
     <row r="2451" spans="1:4">
       <c r="A2451" s="1" t="s">
         <v>2453</v>
       </c>
       <c r="B2451" s="2">
-        <v>2675.752</v>
+        <v>2774.254</v>
       </c>
       <c r="C2451" s="2">
-        <v>3348.579</v>
+        <v>3470.744</v>
       </c>
       <c r="D2451" s="2">
-        <v>3168.901</v>
+        <v>3284.767</v>
       </c>
     </row>
     <row r="2452" spans="1:4">
       <c r="A2452" s="1" t="s">
         <v>2454</v>
       </c>
       <c r="B2452" s="2">
-        <v>2687.408</v>
+        <v>2777.724</v>
       </c>
       <c r="C2452" s="2">
-        <v>3363.254</v>
+        <v>3475.224</v>
       </c>
       <c r="D2452" s="2">
-        <v>3182.763</v>
+        <v>3288.968</v>
       </c>
     </row>
     <row r="2453" spans="1:4">
       <c r="A2453" s="1" t="s">
         <v>2455</v>
       </c>
       <c r="B2453" s="2">
-        <v>2654.6</v>
+        <v>2734.714</v>
       </c>
       <c r="C2453" s="2">
-        <v>3322.583</v>
+        <v>3421.648</v>
       </c>
       <c r="D2453" s="2">
-        <v>3144.187</v>
+        <v>3238.243</v>
       </c>
     </row>
     <row r="2454" spans="1:4">
       <c r="A2454" s="1" t="s">
         <v>2456</v>
       </c>
       <c r="B2454" s="2">
-        <v>2673.556</v>
+        <v>2724.396</v>
       </c>
       <c r="C2454" s="2">
-        <v>3346.474</v>
+        <v>3409.134</v>
       </c>
       <c r="D2454" s="2">
-        <v>3166.75</v>
+        <v>3226.292</v>
       </c>
     </row>
     <row r="2455" spans="1:4">
       <c r="A2455" s="1" t="s">
         <v>2457</v>
       </c>
       <c r="B2455" s="2">
-        <v>2717.081</v>
+        <v>2704.395</v>
       </c>
       <c r="C2455" s="2">
-        <v>3401.432</v>
+        <v>3384.377</v>
       </c>
       <c r="D2455" s="2">
-        <v>3218.638</v>
+        <v>3202.79</v>
       </c>
     </row>
     <row r="2456" spans="1:4">
       <c r="A2456" s="1" t="s">
         <v>2458</v>
       </c>
       <c r="B2456" s="2">
-        <v>2744.717</v>
+        <v>2675.752</v>
       </c>
       <c r="C2456" s="2">
-        <v>3436.043</v>
+        <v>3348.579</v>
       </c>
       <c r="D2456" s="2">
-        <v>3251.384</v>
+        <v>3168.901</v>
       </c>
     </row>
     <row r="2457" spans="1:4">
       <c r="A2457" s="1" t="s">
         <v>2459</v>
       </c>
       <c r="B2457" s="2">
-        <v>2764.96</v>
+        <v>2687.408</v>
       </c>
       <c r="C2457" s="2">
-        <v>3461.45</v>
+        <v>3363.254</v>
       </c>
       <c r="D2457" s="2">
-        <v>3275.409</v>
+        <v>3182.763</v>
       </c>
     </row>
     <row r="2458" spans="1:4">
       <c r="A2458" s="1" t="s">
         <v>2460</v>
       </c>
       <c r="B2458" s="2">
-        <v>2765.028</v>
+        <v>2654.6</v>
       </c>
       <c r="C2458" s="2">
-        <v>3461.535</v>
+        <v>3322.583</v>
       </c>
       <c r="D2458" s="2">
-        <v>3275.489</v>
+        <v>3144.187</v>
       </c>
     </row>
     <row r="2459" spans="1:4">
       <c r="A2459" s="1" t="s">
         <v>2461</v>
       </c>
       <c r="B2459" s="2">
-        <v>2778.908</v>
+        <v>2673.556</v>
       </c>
       <c r="C2459" s="2">
-        <v>3478.945</v>
+        <v>3346.474</v>
       </c>
       <c r="D2459" s="2">
-        <v>3291.954</v>
+        <v>3166.75</v>
       </c>
     </row>
     <row r="2460" spans="1:4">
       <c r="A2460" s="1" t="s">
         <v>2462</v>
       </c>
       <c r="B2460" s="2">
-        <v>2763.727</v>
+        <v>2717.081</v>
       </c>
       <c r="C2460" s="2">
-        <v>3460.26</v>
+        <v>3401.432</v>
       </c>
       <c r="D2460" s="2">
-        <v>3274.183</v>
+        <v>3218.638</v>
       </c>
     </row>
     <row r="2461" spans="1:4">
       <c r="A2461" s="1" t="s">
         <v>2463</v>
       </c>
       <c r="B2461" s="2">
-        <v>2771.075</v>
+        <v>2744.717</v>
       </c>
       <c r="C2461" s="2">
-        <v>3469.561</v>
+        <v>3436.043</v>
       </c>
       <c r="D2461" s="2">
-        <v>3282.955</v>
+        <v>3251.384</v>
       </c>
     </row>
     <row r="2462" spans="1:4">
       <c r="A2462" s="1" t="s">
         <v>2464</v>
       </c>
       <c r="B2462" s="2">
-        <v>2780.248</v>
+        <v>2764.96</v>
       </c>
       <c r="C2462" s="2">
-        <v>3481.333</v>
+        <v>3461.45</v>
       </c>
       <c r="D2462" s="2">
-        <v>3294.047</v>
+        <v>3275.409</v>
       </c>
     </row>
     <row r="2463" spans="1:4">
       <c r="A2463" s="1" t="s">
         <v>2465</v>
       </c>
       <c r="B2463" s="2">
+        <v>2765.028</v>
+      </c>
+      <c r="C2463" s="2">
+        <v>3461.535</v>
+      </c>
+      <c r="D2463" s="2">
+        <v>3275.489</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:4">
+      <c r="A2464" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B2464" s="2">
+        <v>2778.908</v>
+      </c>
+      <c r="C2464" s="2">
+        <v>3478.945</v>
+      </c>
+      <c r="D2464" s="2">
+        <v>3291.954</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:4">
+      <c r="A2465" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B2465" s="2">
+        <v>2763.727</v>
+      </c>
+      <c r="C2465" s="2">
+        <v>3460.26</v>
+      </c>
+      <c r="D2465" s="2">
+        <v>3274.183</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:4">
+      <c r="A2466" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B2466" s="2">
+        <v>2771.076</v>
+      </c>
+      <c r="C2466" s="2">
+        <v>3469.561</v>
+      </c>
+      <c r="D2466" s="2">
+        <v>3282.955</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:4">
+      <c r="A2467" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B2467" s="2">
+        <v>2780.248</v>
+      </c>
+      <c r="C2467" s="2">
+        <v>3481.333</v>
+      </c>
+      <c r="D2467" s="2">
+        <v>3294.047</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:4">
+      <c r="A2468" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B2468" s="2">
         <v>2784.565</v>
       </c>
-      <c r="C2463" s="2">
+      <c r="C2468" s="2">
         <v>3487.004</v>
       </c>
-      <c r="D2463" s="2">
+      <c r="D2468" s="2">
         <v>3299.338</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:4">
+      <c r="A2469" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B2469" s="2">
+        <v>2791.753</v>
+      </c>
+      <c r="C2469" s="2">
+        <v>3496.392</v>
+      </c>
+      <c r="D2469" s="2">
+        <v>3308.111</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:4">
+      <c r="A2470" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B2470" s="2">
+        <v>2780.411</v>
+      </c>
+      <c r="C2470" s="2">
+        <v>3482.51</v>
+      </c>
+      <c r="D2470" s="2">
+        <v>3294.884</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:4">
+      <c r="A2471" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B2471" s="2">
+        <v>2778.203</v>
+      </c>
+      <c r="C2471" s="2">
+        <v>3479.793</v>
+      </c>
+      <c r="D2471" s="2">
+        <v>3292.302</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:4">
+      <c r="A2472" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B2472" s="2">
+        <v>2792.679</v>
+      </c>
+      <c r="C2472" s="2">
+        <v>3498.023</v>
+      </c>
+      <c r="D2472" s="2">
+        <v>3309.521</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:4">
+      <c r="A2473" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B2473" s="2">
+        <v>2792.879</v>
+      </c>
+      <c r="C2473" s="2">
+        <v>3498.557</v>
+      </c>
+      <c r="D2473" s="2">
+        <v>3309.969</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:4">
+      <c r="A2474" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B2474" s="2">
+        <v>2767.321</v>
+      </c>
+      <c r="C2474" s="2">
+        <v>3466.755</v>
+      </c>
+      <c r="D2474" s="2">
+        <v>3279.824</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:4">
+      <c r="A2475" s="1" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B2475" s="2">
+        <v>2760.968</v>
+      </c>
+      <c r="C2475" s="2">
+        <v>3459.172</v>
+      </c>
+      <c r="D2475" s="2">
+        <v>3272.542</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:4">
+      <c r="A2476" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B2476" s="2">
+        <v>2753.292</v>
+      </c>
+      <c r="C2476" s="2">
+        <v>3449.66</v>
+      </c>
+      <c r="D2476" s="2">
+        <v>3263.515</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:4">
+      <c r="A2477" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B2477" s="2">
+        <v>2722.707</v>
+      </c>
+      <c r="C2477" s="2">
+        <v>3411.343</v>
+      </c>
+      <c r="D2477" s="2">
+        <v>3227.264</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:4">
+      <c r="A2478" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B2478" s="2">
+        <v>2745.636</v>
+      </c>
+      <c r="C2478" s="2">
+        <v>3440.105</v>
+      </c>
+      <c r="D2478" s="2">
+        <v>3254.464</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:4">
+      <c r="A2479" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B2479" s="2">
+        <v>2768.858</v>
+      </c>
+      <c r="C2479" s="2">
+        <v>3469.257</v>
+      </c>
+      <c r="D2479" s="2">
+        <v>3282.028</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:4">
+      <c r="A2480" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B2480" s="2">
+        <v>2783.915</v>
+      </c>
+      <c r="C2480" s="2">
+        <v>3488.343</v>
+      </c>
+      <c r="D2480" s="2">
+        <v>3300.021</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:4">
+      <c r="A2481" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B2481" s="2">
+        <v>2797.507</v>
+      </c>
+      <c r="C2481" s="2">
+        <v>3505.374</v>
+      </c>
+      <c r="D2481" s="2">
+        <v>3316.132</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:4">
+      <c r="A2482" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B2482" s="2">
+        <v>2803.761</v>
+      </c>
+      <c r="C2482" s="2">
+        <v>3513.211</v>
+      </c>
+      <c r="D2482" s="2">
+        <v>3323.546</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:4">
+      <c r="A2483" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B2483" s="2">
+        <v>2804.992</v>
+      </c>
+      <c r="C2483" s="2">
+        <v>3514.849</v>
+      </c>
+      <c r="D2483" s="2">
+        <v>3325.068</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:4">
+      <c r="A2484" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B2484" s="2">
+        <v>2795.328</v>
+      </c>
+      <c r="C2484" s="2">
+        <v>3502.857</v>
+      </c>
+      <c r="D2484" s="2">
+        <v>3313.693</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:4">
+      <c r="A2485" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B2485" s="2">
+        <v>2793.585</v>
+      </c>
+      <c r="C2485" s="2">
+        <v>3500.674</v>
+      </c>
+      <c r="D2485" s="2">
+        <v>3311.628</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:4">
+      <c r="A2486" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B2486" s="2">
+        <v>2778.273</v>
+      </c>
+      <c r="C2486" s="2">
+        <v>3481.624</v>
+      </c>
+      <c r="D2486" s="2">
+        <v>3293.568</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:4">
+      <c r="A2487" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B2487" s="2">
+        <v>2784.963</v>
+      </c>
+      <c r="C2487" s="2">
+        <v>3490.755</v>
+      </c>
+      <c r="D2487" s="2">
+        <v>3301.993</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:4">
+      <c r="A2488" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B2488" s="2">
+        <v>2809.528</v>
+      </c>
+      <c r="C2488" s="2">
+        <v>3521.548</v>
+      </c>
+      <c r="D2488" s="2">
+        <v>3331.121</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:4">
+      <c r="A2489" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B2489" s="2">
+        <v>2829.747</v>
+      </c>
+      <c r="C2489" s="2">
+        <v>3547.251</v>
+      </c>
+      <c r="D2489" s="2">
+        <v>3355.335</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:4">
+      <c r="A2490" s="1" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B2490" s="2">
+        <v>2823.455</v>
+      </c>
+      <c r="C2490" s="2">
+        <v>3539.365</v>
+      </c>
+      <c r="D2490" s="2">
+        <v>3347.876</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:4">
+      <c r="A2491" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B2491" s="2">
+        <v>2819.509</v>
+      </c>
+      <c r="C2491" s="2">
+        <v>3534.434</v>
+      </c>
+      <c r="D2491" s="2">
+        <v>3343.211</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:4">
+      <c r="A2492" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B2492" s="2">
+        <v>2839.751</v>
+      </c>
+      <c r="C2492" s="2">
+        <v>3560.042</v>
+      </c>
+      <c r="D2492" s="2">
+        <v>3367.372</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:4">
+      <c r="A2493" s="1" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B2493" s="2">
+        <v>2843.819</v>
+      </c>
+      <c r="C2493" s="2">
+        <v>3565.484</v>
+      </c>
+      <c r="D2493" s="2">
+        <v>3372.422</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:4">
+      <c r="A2494" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B2494" s="2">
+        <v>2835.48</v>
+      </c>
+      <c r="C2494" s="2">
+        <v>3555.105</v>
+      </c>
+      <c r="D2494" s="2">
+        <v>3362.583</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:4">
+      <c r="A2495" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B2495" s="2">
+        <v>2817.532</v>
+      </c>
+      <c r="C2495" s="2">
+        <v>3532.655</v>
+      </c>
+      <c r="D2495" s="2">
+        <v>3341.342</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:4">
+      <c r="A2496" s="1" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B2496" s="2">
+        <v>2825.086</v>
+      </c>
+      <c r="C2496" s="2">
+        <v>3542.266</v>
+      </c>
+      <c r="D2496" s="2">
+        <v>3350.408</v>
+      </c>
+    </row>
+    <row r="2497" spans="1:4">
+      <c r="A2497" s="1" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B2497" s="2">
+        <v>2823.926</v>
+      </c>
+      <c r="C2497" s="2">
+        <v>3541.071</v>
+      </c>
+      <c r="D2497" s="2">
+        <v>3349.204</v>
+      </c>
+    </row>
+    <row r="2498" spans="1:4">
+      <c r="A2498" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B2498" s="2">
+        <v>2817.31</v>
+      </c>
+      <c r="C2498" s="2">
+        <v>3532.914</v>
+      </c>
+      <c r="D2498" s="2">
+        <v>3341.456</v>
+      </c>
+    </row>
+    <row r="2499" spans="1:4">
+      <c r="A2499" s="1" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B2499" s="2">
+        <v>2760.842</v>
+      </c>
+      <c r="C2499" s="2">
+        <v>3462.177</v>
+      </c>
+      <c r="D2499" s="2">
+        <v>3274.53</v>
+      </c>
+    </row>
+    <row r="2500" spans="1:4">
+      <c r="A2500" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B2500" s="2">
+        <v>2779.946</v>
+      </c>
+      <c r="C2500" s="2">
+        <v>3486.215</v>
+      </c>
+      <c r="D2500" s="2">
+        <v>3297.243</v>
+      </c>
+    </row>
+    <row r="2501" spans="1:4">
+      <c r="A2501" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B2501" s="2">
+        <v>2802.747</v>
+      </c>
+      <c r="C2501" s="2">
+        <v>3514.862</v>
+      </c>
+      <c r="D2501" s="2">
+        <v>3324.322</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">