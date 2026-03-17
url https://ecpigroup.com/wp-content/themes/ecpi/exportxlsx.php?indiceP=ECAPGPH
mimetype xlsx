--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGPH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2504">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2540">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>PRICE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>NET TOTAL RETURN</t>
   </si>
   <si>
     <t>08/06/2016</t>
   </si>
   <si>
     <t>09/06/2016</t>
   </si>
   <si>
     <t>10/06/2016</t>
   </si>
   <si>
     <t>13/06/2016</t>
   </si>
   <si>
@@ -7524,50 +7524,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -7893,51 +8001,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2501"/>
+  <dimension ref="A1:D2537"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
     <col min="4" max="4" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
@@ -42919,50 +43027,554 @@
       <c r="A2500" s="1" t="s">
         <v>2502</v>
       </c>
       <c r="B2500" s="2">
         <v>2779.946</v>
       </c>
       <c r="C2500" s="2">
         <v>3486.215</v>
       </c>
       <c r="D2500" s="2">
         <v>3297.243</v>
       </c>
     </row>
     <row r="2501" spans="1:4">
       <c r="A2501" s="1" t="s">
         <v>2503</v>
       </c>
       <c r="B2501" s="2">
         <v>2802.747</v>
       </c>
       <c r="C2501" s="2">
         <v>3514.862</v>
       </c>
       <c r="D2501" s="2">
         <v>3324.322</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:4">
+      <c r="A2502" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B2502" s="2">
+        <v>2804.025</v>
+      </c>
+      <c r="C2502" s="2">
+        <v>3516.662</v>
+      </c>
+      <c r="D2502" s="2">
+        <v>3325.968</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:4">
+      <c r="A2503" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B2503" s="2">
+        <v>2811.965</v>
+      </c>
+      <c r="C2503" s="2">
+        <v>3526.712</v>
+      </c>
+      <c r="D2503" s="2">
+        <v>3335.452</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:4">
+      <c r="A2504" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B2504" s="2">
+        <v>2822.144</v>
+      </c>
+      <c r="C2504" s="2">
+        <v>3539.468</v>
+      </c>
+      <c r="D2504" s="2">
+        <v>3347.519</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:4">
+      <c r="A2505" s="1" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B2505" s="2">
+        <v>2819.045</v>
+      </c>
+      <c r="C2505" s="2">
+        <v>3535.608</v>
+      </c>
+      <c r="D2505" s="2">
+        <v>3343.861</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:4">
+      <c r="A2506" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B2506" s="2">
+        <v>2815.892</v>
+      </c>
+      <c r="C2506" s="2">
+        <v>3531.688</v>
+      </c>
+      <c r="D2506" s="2">
+        <v>3340.144</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:4">
+      <c r="A2507" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B2507" s="2">
+        <v>2802.93</v>
+      </c>
+      <c r="C2507" s="2">
+        <v>3515.639</v>
+      </c>
+      <c r="D2507" s="2">
+        <v>3324.91</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:4">
+      <c r="A2508" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B2508" s="2">
+        <v>2817.997</v>
+      </c>
+      <c r="C2508" s="2">
+        <v>3534.639</v>
+      </c>
+      <c r="D2508" s="2">
+        <v>3342.85</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:4">
+      <c r="A2509" s="1" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B2509" s="2">
+        <v>2786.323</v>
+      </c>
+      <c r="C2509" s="2">
+        <v>3494.933</v>
+      </c>
+      <c r="D2509" s="2">
+        <v>3305.292</v>
+      </c>
+    </row>
+    <row r="2510" spans="1:4">
+      <c r="A2510" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B2510" s="2">
+        <v>2766.669</v>
+      </c>
+      <c r="C2510" s="2">
+        <v>3470.281</v>
+      </c>
+      <c r="D2510" s="2">
+        <v>3281.977</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:4">
+      <c r="A2511" s="1" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B2511" s="2">
+        <v>2735.339</v>
+      </c>
+      <c r="C2511" s="2">
+        <v>3431.017</v>
+      </c>
+      <c r="D2511" s="2">
+        <v>3244.834</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:4">
+      <c r="A2512" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B2512" s="2">
+        <v>2776.95</v>
+      </c>
+      <c r="C2512" s="2">
+        <v>3483.24</v>
+      </c>
+      <c r="D2512" s="2">
+        <v>3294.215</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:4">
+      <c r="A2513" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B2513" s="2">
+        <v>2795.601</v>
+      </c>
+      <c r="C2513" s="2">
+        <v>3506.902</v>
+      </c>
+      <c r="D2513" s="2">
+        <v>3316.524</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:4">
+      <c r="A2514" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B2514" s="2">
+        <v>2792.155</v>
+      </c>
+      <c r="C2514" s="2">
+        <v>3502.66</v>
+      </c>
+      <c r="D2514" s="2">
+        <v>3312.49</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:4">
+      <c r="A2515" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B2515" s="2">
+        <v>2792.05</v>
+      </c>
+      <c r="C2515" s="2">
+        <v>3502.619</v>
+      </c>
+      <c r="D2515" s="2">
+        <v>3312.426</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:4">
+      <c r="A2516" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B2516" s="2">
+        <v>2755.005</v>
+      </c>
+      <c r="C2516" s="2">
+        <v>3456.179</v>
+      </c>
+      <c r="D2516" s="2">
+        <v>3268.498</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:4">
+      <c r="A2517" s="1" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B2517" s="2">
+        <v>2750.656</v>
+      </c>
+      <c r="C2517" s="2">
+        <v>3451.164</v>
+      </c>
+      <c r="D2517" s="2">
+        <v>3263.63</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:4">
+      <c r="A2518" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B2518" s="2">
+        <v>2750.353</v>
+      </c>
+      <c r="C2518" s="2">
+        <v>3450.797</v>
+      </c>
+      <c r="D2518" s="2">
+        <v>3263.28</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:4">
+      <c r="A2519" s="1" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B2519" s="2">
+        <v>2752.945</v>
+      </c>
+      <c r="C2519" s="2">
+        <v>3454.31</v>
+      </c>
+      <c r="D2519" s="2">
+        <v>3266.533</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:4">
+      <c r="A2520" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B2520" s="2">
+        <v>2770.143</v>
+      </c>
+      <c r="C2520" s="2">
+        <v>3476.211</v>
+      </c>
+      <c r="D2520" s="2">
+        <v>3287.209</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:4">
+      <c r="A2521" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B2521" s="2">
+        <v>2762.409</v>
+      </c>
+      <c r="C2521" s="2">
+        <v>3467.08</v>
+      </c>
+      <c r="D2521" s="2">
+        <v>3278.478</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:4">
+      <c r="A2522" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B2522" s="2">
+        <v>2784.471</v>
+      </c>
+      <c r="C2522" s="2">
+        <v>3494.844</v>
+      </c>
+      <c r="D2522" s="2">
+        <v>3304.712</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:4">
+      <c r="A2523" s="1" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B2523" s="2">
+        <v>2753.859</v>
+      </c>
+      <c r="C2523" s="2">
+        <v>3456.422</v>
+      </c>
+      <c r="D2523" s="2">
+        <v>3268.381</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:4">
+      <c r="A2524" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B2524" s="2">
+        <v>2769.678</v>
+      </c>
+      <c r="C2524" s="2">
+        <v>3476.28</v>
+      </c>
+      <c r="D2524" s="2">
+        <v>3287.157</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:4">
+      <c r="A2525" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B2525" s="2">
+        <v>2796.087</v>
+      </c>
+      <c r="C2525" s="2">
+        <v>3509.56</v>
+      </c>
+      <c r="D2525" s="2">
+        <v>3318.591</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:4">
+      <c r="A2526" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B2526" s="2">
+        <v>2784.583</v>
+      </c>
+      <c r="C2526" s="2">
+        <v>3495.242</v>
+      </c>
+      <c r="D2526" s="2">
+        <v>3305.043</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:4">
+      <c r="A2527" s="1" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B2527" s="2">
+        <v>2778.452</v>
+      </c>
+      <c r="C2527" s="2">
+        <v>3487.722</v>
+      </c>
+      <c r="D2527" s="2">
+        <v>3297.884</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:4">
+      <c r="A2528" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B2528" s="2">
+        <v>2763.885</v>
+      </c>
+      <c r="C2528" s="2">
+        <v>3469.631</v>
+      </c>
+      <c r="D2528" s="2">
+        <v>3280.723</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:4">
+      <c r="A2529" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B2529" s="2">
+        <v>2726.265</v>
+      </c>
+      <c r="C2529" s="2">
+        <v>3422.504</v>
+      </c>
+      <c r="D2529" s="2">
+        <v>3236.134</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:4">
+      <c r="A2530" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B2530" s="2">
+        <v>2747.344</v>
+      </c>
+      <c r="C2530" s="2">
+        <v>3448.996</v>
+      </c>
+      <c r="D2530" s="2">
+        <v>3261.175</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:4">
+      <c r="A2531" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B2531" s="2">
+        <v>2738.303</v>
+      </c>
+      <c r="C2531" s="2">
+        <v>3437.746</v>
+      </c>
+      <c r="D2531" s="2">
+        <v>3250.51</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:4">
+      <c r="A2532" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B2532" s="2">
+        <v>2701.991</v>
+      </c>
+      <c r="C2532" s="2">
+        <v>3392.478</v>
+      </c>
+      <c r="D2532" s="2">
+        <v>3207.617</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:4">
+      <c r="A2533" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B2533" s="2">
+        <v>2715.274</v>
+      </c>
+      <c r="C2533" s="2">
+        <v>3409.477</v>
+      </c>
+      <c r="D2533" s="2">
+        <v>3223.598</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:4">
+      <c r="A2534" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B2534" s="2">
+        <v>2722.923</v>
+      </c>
+      <c r="C2534" s="2">
+        <v>3420.135</v>
+      </c>
+      <c r="D2534" s="2">
+        <v>3233.359</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:4">
+      <c r="A2535" s="1" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B2535" s="2">
+        <v>2721.999</v>
+      </c>
+      <c r="C2535" s="2">
+        <v>3419.121</v>
+      </c>
+      <c r="D2535" s="2">
+        <v>3232.379</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:4">
+      <c r="A2536" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B2536" s="2">
+        <v>2676.423</v>
+      </c>
+      <c r="C2536" s="2">
+        <v>3362.681</v>
+      </c>
+      <c r="D2536" s="2">
+        <v>3178.763</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:4">
+      <c r="A2537" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B2537" s="2">
+        <v>2659.363</v>
+      </c>
+      <c r="C2537" s="2">
+        <v>3341.722</v>
+      </c>
+      <c r="D2537" s="2">
+        <v>3158.815</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">