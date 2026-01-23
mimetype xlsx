--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGGXE_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2326">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>24/12/2008</t>
   </si>
   <si>
     <t>25/12/2008</t>
   </si>
   <si>
     <t>26/12/2008</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t>10/04/2009</t>
   </si>
   <si>
     <t>13/04/2009</t>
   </si>
   <si>
@@ -6803,50 +6803,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -6876,50 +6891,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -7245,51 +7359,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2287"/>
+  <dimension ref="A1:C2325"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -25335,267 +25449,571 @@
       <c r="B2257" s="2">
         <v>1026.037</v>
       </c>
     </row>
     <row r="2258" spans="1:3">
       <c r="A2258" s="1" t="s">
         <v>2258</v>
       </c>
       <c r="B2258" s="2">
         <v>1026.942</v>
       </c>
     </row>
     <row r="2259" spans="1:3">
       <c r="A2259" s="1" t="s">
         <v>2259</v>
       </c>
       <c r="B2259" s="2">
         <v>1028.656</v>
       </c>
     </row>
     <row r="2260" spans="1:3">
       <c r="A2260" s="1" t="s">
         <v>2260</v>
       </c>
       <c r="B2260" s="2">
-        <v>1032.371</v>
+        <v>1032.372</v>
       </c>
     </row>
     <row r="2261" spans="1:3">
       <c r="A2261" s="1" t="s">
         <v>2261</v>
       </c>
       <c r="B2261" s="2">
         <v>1032.646</v>
       </c>
     </row>
     <row r="2262" spans="1:3">
       <c r="A2262" s="1" t="s">
         <v>2262</v>
       </c>
       <c r="B2262" s="2">
         <v>1029.652</v>
       </c>
     </row>
     <row r="2263" spans="1:3">
       <c r="A2263" s="1" t="s">
         <v>2263</v>
       </c>
       <c r="B2263" s="2">
-        <v>1030.3</v>
+        <v>1028.525</v>
       </c>
     </row>
     <row r="2264" spans="1:3">
       <c r="A2264" s="1" t="s">
         <v>2264</v>
       </c>
       <c r="B2264" s="2">
-        <v>1030.641</v>
+        <v>1027.92</v>
       </c>
     </row>
     <row r="2265" spans="1:3">
       <c r="A2265" s="1" t="s">
         <v>2265</v>
       </c>
       <c r="B2265" s="2">
-        <v>1034.311</v>
+        <v>1028.369</v>
       </c>
     </row>
     <row r="2266" spans="1:3">
       <c r="A2266" s="1" t="s">
         <v>2266</v>
       </c>
       <c r="B2266" s="2">
-        <v>1031.338</v>
+        <v>1025.248</v>
       </c>
     </row>
     <row r="2267" spans="1:3">
       <c r="A2267" s="1" t="s">
         <v>2267</v>
       </c>
       <c r="B2267" s="2">
-        <v>1030.539</v>
+        <v>1028.332</v>
       </c>
     </row>
     <row r="2268" spans="1:3">
       <c r="A2268" s="1" t="s">
         <v>2268</v>
       </c>
       <c r="B2268" s="2">
-        <v>1028.053</v>
+        <v>1030.301</v>
       </c>
     </row>
     <row r="2269" spans="1:3">
       <c r="A2269" s="1" t="s">
         <v>2269</v>
       </c>
       <c r="B2269" s="2">
-        <v>1028.123</v>
+        <v>1030.641</v>
       </c>
     </row>
     <row r="2270" spans="1:3">
       <c r="A2270" s="1" t="s">
         <v>2270</v>
       </c>
       <c r="B2270" s="2">
-        <v>1024.672</v>
+        <v>1034.311</v>
       </c>
     </row>
     <row r="2271" spans="1:3">
       <c r="A2271" s="1" t="s">
         <v>2271</v>
       </c>
       <c r="B2271" s="2">
-        <v>1024.84</v>
+        <v>1031.338</v>
       </c>
     </row>
     <row r="2272" spans="1:3">
       <c r="A2272" s="1" t="s">
         <v>2272</v>
       </c>
       <c r="B2272" s="2">
-        <v>1020.358</v>
+        <v>1030.539</v>
       </c>
     </row>
     <row r="2273" spans="1:3">
       <c r="A2273" s="1" t="s">
         <v>2273</v>
       </c>
       <c r="B2273" s="2">
-        <v>1019.643</v>
+        <v>1028.053</v>
       </c>
     </row>
     <row r="2274" spans="1:3">
       <c r="A2274" s="1" t="s">
         <v>2274</v>
       </c>
       <c r="B2274" s="2">
-        <v>1019.979</v>
+        <v>1028.123</v>
       </c>
     </row>
     <row r="2275" spans="1:3">
       <c r="A2275" s="1" t="s">
         <v>2275</v>
       </c>
       <c r="B2275" s="2">
-        <v>1021.06</v>
+        <v>1024.672</v>
       </c>
     </row>
     <row r="2276" spans="1:3">
       <c r="A2276" s="1" t="s">
         <v>2276</v>
       </c>
       <c r="B2276" s="2">
-        <v>1020.735</v>
+        <v>1024.84</v>
       </c>
     </row>
     <row r="2277" spans="1:3">
       <c r="A2277" s="1" t="s">
         <v>2277</v>
       </c>
       <c r="B2277" s="2">
-        <v>1021.74</v>
+        <v>1020.358</v>
       </c>
     </row>
     <row r="2278" spans="1:3">
       <c r="A2278" s="1" t="s">
         <v>2278</v>
       </c>
       <c r="B2278" s="2">
-        <v>1027.456</v>
+        <v>1019.643</v>
       </c>
     </row>
     <row r="2279" spans="1:3">
       <c r="A2279" s="1" t="s">
         <v>2279</v>
       </c>
       <c r="B2279" s="2">
-        <v>1026.012</v>
+        <v>1019.979</v>
       </c>
     </row>
     <row r="2280" spans="1:3">
       <c r="A2280" s="1" t="s">
         <v>2280</v>
       </c>
       <c r="B2280" s="2">
-        <v>1025.715</v>
+        <v>1021.06</v>
       </c>
     </row>
     <row r="2281" spans="1:3">
       <c r="A2281" s="1" t="s">
         <v>2281</v>
       </c>
       <c r="B2281" s="2">
-        <v>1024.351</v>
+        <v>1020.735</v>
       </c>
     </row>
     <row r="2282" spans="1:3">
       <c r="A2282" s="1" t="s">
         <v>2282</v>
       </c>
       <c r="B2282" s="2">
-        <v>1024.631</v>
+        <v>1021.74</v>
       </c>
     </row>
     <row r="2283" spans="1:3">
       <c r="A2283" s="1" t="s">
         <v>2283</v>
       </c>
       <c r="B2283" s="2">
-        <v>1023.022</v>
+        <v>1027.456</v>
       </c>
     </row>
     <row r="2284" spans="1:3">
       <c r="A2284" s="1" t="s">
         <v>2284</v>
       </c>
       <c r="B2284" s="2">
-        <v>1026.501</v>
+        <v>1026.012</v>
       </c>
     </row>
     <row r="2285" spans="1:3">
       <c r="A2285" s="1" t="s">
         <v>2285</v>
       </c>
       <c r="B2285" s="2">
-        <v>1018.944</v>
+        <v>1025.715</v>
       </c>
     </row>
     <row r="2286" spans="1:3">
       <c r="A2286" s="1" t="s">
         <v>2286</v>
       </c>
       <c r="B2286" s="2">
-        <v>1016.687</v>
+        <v>1024.351</v>
       </c>
     </row>
     <row r="2287" spans="1:3">
       <c r="A2287" s="1" t="s">
         <v>2287</v>
       </c>
       <c r="B2287" s="2">
+        <v>1024.631</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:3">
+      <c r="A2288" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B2288" s="2">
+        <v>1023.022</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:3">
+      <c r="A2289" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B2289" s="2">
+        <v>1018.112</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:3">
+      <c r="A2290" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B2290" s="2">
+        <v>1018.944</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:3">
+      <c r="A2291" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B2291" s="2">
+        <v>1016.687</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:3">
+      <c r="A2292" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B2292" s="2">
         <v>1015.497</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:3">
+      <c r="A2293" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B2293" s="2">
+        <v>1015.316</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:3">
+      <c r="A2294" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B2294" s="2">
+        <v>1014.644</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:3">
+      <c r="A2295" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B2295" s="2">
+        <v>1012.64</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:3">
+      <c r="A2296" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B2296" s="2">
+        <v>1013.432</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:3">
+      <c r="A2297" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B2297" s="2">
+        <v>1007.787</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:3">
+      <c r="A2298" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B2298" s="2">
+        <v>1005.729</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:3">
+      <c r="A2299" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B2299" s="2">
+        <v>1005.699</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:3">
+      <c r="A2300" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B2300" s="2">
+        <v>1006.649</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:3">
+      <c r="A2301" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B2301" s="2">
+        <v>1006.774</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:3">
+      <c r="A2302" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B2302" s="2">
+        <v>1010.454</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:3">
+      <c r="A2303" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B2303" s="2">
+        <v>1007.191</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:3">
+      <c r="A2304" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B2304" s="2">
+        <v>1002.781</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:3">
+      <c r="A2305" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B2305" s="2">
+        <v>1003.625</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:3">
+      <c r="A2306" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B2306" s="2">
+        <v>1005.53</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:3">
+      <c r="A2307" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B2307" s="2">
+        <v>1005.602</v>
+      </c>
+    </row>
+    <row r="2308" spans="1:3">
+      <c r="A2308" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B2308" s="2">
+        <v>1007.622</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:3">
+      <c r="A2309" s="1" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B2309" s="2">
+        <v>1007.377</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:3">
+      <c r="A2310" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B2310" s="2">
+        <v>1007.416</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:3">
+      <c r="A2311" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B2311" s="2">
+        <v>1005.786</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:3">
+      <c r="A2312" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B2312" s="2">
+        <v>1010.161</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:3">
+      <c r="A2313" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B2313" s="2">
+        <v>1010.238</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:3">
+      <c r="A2314" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B2314" s="2">
+        <v>1012.376</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:3">
+      <c r="A2315" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B2315" s="2">
+        <v>1013.212</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:3">
+      <c r="A2316" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B2316" s="2">
+        <v>1014.785</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:3">
+      <c r="A2317" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B2317" s="2">
+        <v>1011.215</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:3">
+      <c r="A2318" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B2318" s="2">
+        <v>1011.298</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:3">
+      <c r="A2319" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B2319" s="2">
+        <v>1012.975</v>
+      </c>
+    </row>
+    <row r="2320" spans="1:3">
+      <c r="A2320" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B2320" s="2">
+        <v>1016.555</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:3">
+      <c r="A2321" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B2321" s="2">
+        <v>1015.881</v>
+      </c>
+    </row>
+    <row r="2322" spans="1:3">
+      <c r="A2322" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B2322" s="2">
+        <v>1011.188</v>
+      </c>
+    </row>
+    <row r="2323" spans="1:3">
+      <c r="A2323" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B2323" s="2">
+        <v>999.453</v>
+      </c>
+    </row>
+    <row r="2324" spans="1:3">
+      <c r="A2324" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B2324" s="2">
+        <v>1003.473</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:3">
+      <c r="A2325" s="1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B2325" s="2">
+        <v>1002.059</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">