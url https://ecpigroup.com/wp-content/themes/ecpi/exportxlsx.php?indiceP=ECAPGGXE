--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGGXE_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2362">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>24/12/2008</t>
   </si>
   <si>
     <t>25/12/2008</t>
   </si>
   <si>
     <t>26/12/2008</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t>10/04/2009</t>
   </si>
   <si>
     <t>13/04/2009</t>
   </si>
   <si>
@@ -6990,50 +6990,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -7359,51 +7467,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2325"/>
+  <dimension ref="A1:C2361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -25970,50 +26078,338 @@
         <v>1011.188</v>
       </c>
     </row>
     <row r="2323" spans="1:3">
       <c r="A2323" s="1" t="s">
         <v>2323</v>
       </c>
       <c r="B2323" s="2">
         <v>999.453</v>
       </c>
     </row>
     <row r="2324" spans="1:3">
       <c r="A2324" s="1" t="s">
         <v>2324</v>
       </c>
       <c r="B2324" s="2">
         <v>1003.473</v>
       </c>
     </row>
     <row r="2325" spans="1:3">
       <c r="A2325" s="1" t="s">
         <v>2325</v>
       </c>
       <c r="B2325" s="2">
         <v>1002.059</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:3">
+      <c r="A2326" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B2326" s="2">
+        <v>1001.768</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:3">
+      <c r="A2327" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B2327" s="2">
+        <v>998.68</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:3">
+      <c r="A2328" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B2328" s="2">
+        <v>993.949</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:3">
+      <c r="A2329" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B2329" s="2">
+        <v>994.649</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:3">
+      <c r="A2330" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B2330" s="2">
+        <v>997.203</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:3">
+      <c r="A2331" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B2331" s="2">
+        <v>998.016</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:3">
+      <c r="A2332" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B2332" s="2">
+        <v>1002.714</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:3">
+      <c r="A2333" s="1" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B2333" s="2">
+        <v>1001.547</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:3">
+      <c r="A2334" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B2334" s="2">
+        <v>1001.161</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:3">
+      <c r="A2335" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B2335" s="2">
+        <v>1003.479</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:3">
+      <c r="A2336" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B2336" s="2">
+        <v>1002.225</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:3">
+      <c r="A2337" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B2337" s="2">
+        <v>996.419</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:3">
+      <c r="A2338" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B2338" s="2">
+        <v>1002.065</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:3">
+      <c r="A2339" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B2339" s="2">
+        <v>1006.012</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:3">
+      <c r="A2340" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B2340" s="2">
+        <v>1008.946</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:3">
+      <c r="A2341" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B2341" s="2">
+        <v>1013.664</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:3">
+      <c r="A2342" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B2342" s="2">
+        <v>1010.315</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:3">
+      <c r="A2343" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B2343" s="2">
+        <v>1016.654</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:3">
+      <c r="A2344" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B2344" s="2">
+        <v>1014.681</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:3">
+      <c r="A2345" s="1" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B2345" s="2">
+        <v>1018.202</v>
+      </c>
+    </row>
+    <row r="2346" spans="1:3">
+      <c r="A2346" s="1" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B2346" s="2">
+        <v>1017.156</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:3">
+      <c r="A2347" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B2347" s="2">
+        <v>1019.002</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:3">
+      <c r="A2348" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B2348" s="2">
+        <v>1019.385</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:3">
+      <c r="A2349" s="1" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B2349" s="2">
+        <v>1015.424</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:3">
+      <c r="A2350" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B2350" s="2">
+        <v>1017.327</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:3">
+      <c r="A2351" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B2351" s="2">
+        <v>1019.108</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:3">
+      <c r="A2352" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B2352" s="2">
+        <v>1024.194</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:3">
+      <c r="A2353" s="1" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B2353" s="2">
+        <v>1029.838</v>
+      </c>
+    </row>
+    <row r="2354" spans="1:3">
+      <c r="A2354" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B2354" s="2">
+        <v>1025.43</v>
+      </c>
+    </row>
+    <row r="2355" spans="1:3">
+      <c r="A2355" s="1" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B2355" s="2">
+        <v>1026.381</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:3">
+      <c r="A2356" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B2356" s="2">
+        <v>1025.781</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:3">
+      <c r="A2357" s="1" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B2357" s="2">
+        <v>1025.165</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:3">
+      <c r="A2358" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B2358" s="2">
+        <v>1021.555</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:3">
+      <c r="A2359" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B2359" s="2">
+        <v>1022.568</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:3">
+      <c r="A2360" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B2360" s="2">
+        <v>1022.412</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:3">
+      <c r="A2361" s="1" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B2361" s="2">
+        <v>1025.773</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">