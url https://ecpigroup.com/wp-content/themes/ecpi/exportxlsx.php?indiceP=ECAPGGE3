--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGGE3_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2547">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>31/03/2016</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>04/04/2016</t>
   </si>
   <si>
     <t>05/04/2016</t>
   </si>
   <si>
     <t>06/04/2016</t>
   </si>
   <si>
     <t>07/04/2016</t>
   </si>
   <si>
@@ -7466,50 +7466,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -7539,50 +7554,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -7908,51 +8022,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2508"/>
+  <dimension ref="A1:C2546"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -27766,267 +27880,571 @@
       <c r="B2478" s="2">
         <v>1023.551</v>
       </c>
     </row>
     <row r="2479" spans="1:3">
       <c r="A2479" s="1" t="s">
         <v>2479</v>
       </c>
       <c r="B2479" s="2">
         <v>1023.4</v>
       </c>
     </row>
     <row r="2480" spans="1:3">
       <c r="A2480" s="1" t="s">
         <v>2480</v>
       </c>
       <c r="B2480" s="2">
         <v>1023.581</v>
       </c>
     </row>
     <row r="2481" spans="1:3">
       <c r="A2481" s="1" t="s">
         <v>2481</v>
       </c>
       <c r="B2481" s="2">
-        <v>1023.491</v>
+        <v>1023.492</v>
       </c>
     </row>
     <row r="2482" spans="1:3">
       <c r="A2482" s="1" t="s">
         <v>2482</v>
       </c>
       <c r="B2482" s="2">
         <v>1023.515</v>
       </c>
     </row>
     <row r="2483" spans="1:3">
       <c r="A2483" s="1" t="s">
         <v>2483</v>
       </c>
       <c r="B2483" s="2">
         <v>1023.495</v>
       </c>
     </row>
     <row r="2484" spans="1:3">
       <c r="A2484" s="1" t="s">
         <v>2484</v>
       </c>
       <c r="B2484" s="2">
-        <v>1023.296</v>
+        <v>1022.797</v>
       </c>
     </row>
     <row r="2485" spans="1:3">
       <c r="A2485" s="1" t="s">
         <v>2485</v>
       </c>
       <c r="B2485" s="2">
-        <v>1022.911</v>
+        <v>1022.844</v>
       </c>
     </row>
     <row r="2486" spans="1:3">
       <c r="A2486" s="1" t="s">
         <v>2486</v>
       </c>
       <c r="B2486" s="2">
-        <v>1023.135</v>
+        <v>1022.9</v>
       </c>
     </row>
     <row r="2487" spans="1:3">
       <c r="A2487" s="1" t="s">
         <v>2487</v>
       </c>
       <c r="B2487" s="2">
-        <v>1023.521</v>
+        <v>1023.102</v>
       </c>
     </row>
     <row r="2488" spans="1:3">
       <c r="A2488" s="1" t="s">
         <v>2488</v>
       </c>
       <c r="B2488" s="2">
-        <v>1023.579</v>
+        <v>1023.053</v>
       </c>
     </row>
     <row r="2489" spans="1:3">
       <c r="A2489" s="1" t="s">
         <v>2489</v>
       </c>
       <c r="B2489" s="2">
-        <v>1022.256</v>
+        <v>1023.297</v>
       </c>
     </row>
     <row r="2490" spans="1:3">
       <c r="A2490" s="1" t="s">
         <v>2490</v>
       </c>
       <c r="B2490" s="2">
-        <v>1021.486</v>
+        <v>1022.911</v>
       </c>
     </row>
     <row r="2491" spans="1:3">
       <c r="A2491" s="1" t="s">
         <v>2491</v>
       </c>
       <c r="B2491" s="2">
-        <v>1023.346</v>
+        <v>1023.135</v>
       </c>
     </row>
     <row r="2492" spans="1:3">
       <c r="A2492" s="1" t="s">
         <v>2492</v>
       </c>
       <c r="B2492" s="2">
-        <v>1023.479</v>
+        <v>1023.521</v>
       </c>
     </row>
     <row r="2493" spans="1:3">
       <c r="A2493" s="1" t="s">
         <v>2493</v>
       </c>
       <c r="B2493" s="2">
-        <v>1023.08</v>
+        <v>1023.579</v>
       </c>
     </row>
     <row r="2494" spans="1:3">
       <c r="A2494" s="1" t="s">
         <v>2494</v>
       </c>
       <c r="B2494" s="2">
-        <v>1022.921</v>
+        <v>1022.256</v>
       </c>
     </row>
     <row r="2495" spans="1:3">
       <c r="A2495" s="1" t="s">
         <v>2495</v>
       </c>
       <c r="B2495" s="2">
-        <v>1022.931</v>
+        <v>1021.486</v>
       </c>
     </row>
     <row r="2496" spans="1:3">
       <c r="A2496" s="1" t="s">
         <v>2496</v>
       </c>
       <c r="B2496" s="2">
-        <v>1023.241</v>
+        <v>1023.346</v>
       </c>
     </row>
     <row r="2497" spans="1:3">
       <c r="A2497" s="1" t="s">
         <v>2497</v>
       </c>
       <c r="B2497" s="2">
-        <v>1023.414</v>
+        <v>1023.479</v>
       </c>
     </row>
     <row r="2498" spans="1:3">
       <c r="A2498" s="1" t="s">
         <v>2498</v>
       </c>
       <c r="B2498" s="2">
-        <v>1023.443</v>
+        <v>1023.08</v>
       </c>
     </row>
     <row r="2499" spans="1:3">
       <c r="A2499" s="1" t="s">
         <v>2499</v>
       </c>
       <c r="B2499" s="2">
-        <v>1023.818</v>
+        <v>1022.921</v>
       </c>
     </row>
     <row r="2500" spans="1:3">
       <c r="A2500" s="1" t="s">
         <v>2500</v>
       </c>
       <c r="B2500" s="2">
-        <v>1023.644</v>
+        <v>1022.931</v>
       </c>
     </row>
     <row r="2501" spans="1:3">
       <c r="A2501" s="1" t="s">
         <v>2501</v>
       </c>
       <c r="B2501" s="2">
-        <v>1023.966</v>
+        <v>1023.241</v>
       </c>
     </row>
     <row r="2502" spans="1:3">
       <c r="A2502" s="1" t="s">
         <v>2502</v>
       </c>
       <c r="B2502" s="2">
-        <v>1023.994</v>
+        <v>1023.414</v>
       </c>
     </row>
     <row r="2503" spans="1:3">
       <c r="A2503" s="1" t="s">
         <v>2503</v>
       </c>
       <c r="B2503" s="2">
-        <v>1024.1</v>
+        <v>1023.443</v>
       </c>
     </row>
     <row r="2504" spans="1:3">
       <c r="A2504" s="1" t="s">
         <v>2504</v>
       </c>
       <c r="B2504" s="2">
-        <v>1024.09</v>
+        <v>1023.818</v>
       </c>
     </row>
     <row r="2505" spans="1:3">
       <c r="A2505" s="1" t="s">
         <v>2505</v>
       </c>
       <c r="B2505" s="2">
-        <v>1023.485</v>
+        <v>1023.644</v>
       </c>
     </row>
     <row r="2506" spans="1:3">
       <c r="A2506" s="1" t="s">
         <v>2506</v>
       </c>
       <c r="B2506" s="2">
-        <v>1023.618</v>
+        <v>1023.966</v>
       </c>
     </row>
     <row r="2507" spans="1:3">
       <c r="A2507" s="1" t="s">
         <v>2507</v>
       </c>
       <c r="B2507" s="2">
-        <v>1023.796</v>
+        <v>1023.994</v>
       </c>
     </row>
     <row r="2508" spans="1:3">
       <c r="A2508" s="1" t="s">
         <v>2508</v>
       </c>
       <c r="B2508" s="2">
+        <v>1024.1</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:3">
+      <c r="A2509" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B2509" s="2">
+        <v>1024.09</v>
+      </c>
+    </row>
+    <row r="2510" spans="1:3">
+      <c r="A2510" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B2510" s="2">
+        <v>1023.486</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:3">
+      <c r="A2511" s="1" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B2511" s="2">
+        <v>1023.619</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:3">
+      <c r="A2512" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B2512" s="2">
+        <v>1023.796</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:3">
+      <c r="A2513" s="1" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B2513" s="2">
         <v>1023.586</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:3">
+      <c r="A2514" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B2514" s="2">
+        <v>1023.326</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:3">
+      <c r="A2515" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B2515" s="2">
+        <v>1021.993</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:3">
+      <c r="A2516" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B2516" s="2">
+        <v>1022.284</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:3">
+      <c r="A2517" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B2517" s="2">
+        <v>1021.834</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:3">
+      <c r="A2518" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B2518" s="2">
+        <v>1022.418</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:3">
+      <c r="A2519" s="1" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B2519" s="2">
+        <v>1022.469</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:3">
+      <c r="A2520" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B2520" s="2">
+        <v>1022.682</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:3">
+      <c r="A2521" s="1" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B2521" s="2">
+        <v>1023.01</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:3">
+      <c r="A2522" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B2522" s="2">
+        <v>1023.11</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:3">
+      <c r="A2523" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B2523" s="2">
+        <v>1023.449</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:3">
+      <c r="A2524" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B2524" s="2">
+        <v>1023.072</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:3">
+      <c r="A2525" s="1" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B2525" s="2">
+        <v>1023.164</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:3">
+      <c r="A2526" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B2526" s="2">
+        <v>1023.592</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:3">
+      <c r="A2527" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B2527" s="2">
+        <v>1023.69</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:3">
+      <c r="A2528" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B2528" s="2">
+        <v>1023.791</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:3">
+      <c r="A2529" s="1" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B2529" s="2">
+        <v>1024.363</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:3">
+      <c r="A2530" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B2530" s="2">
+        <v>1024.339</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:3">
+      <c r="A2531" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B2531" s="2">
+        <v>1024.485</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:3">
+      <c r="A2532" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B2532" s="2">
+        <v>1024.237</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:3">
+      <c r="A2533" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B2533" s="2">
+        <v>1024.604</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:3">
+      <c r="A2534" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B2534" s="2">
+        <v>1025.15</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:3">
+      <c r="A2535" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B2535" s="2">
+        <v>1025.478</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:3">
+      <c r="A2536" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B2536" s="2">
+        <v>1025.538</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:3">
+      <c r="A2537" s="1" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B2537" s="2">
+        <v>1025.586</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:3">
+      <c r="A2538" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B2538" s="2">
+        <v>1025.796</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:3">
+      <c r="A2539" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B2539" s="2">
+        <v>1025.849</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:3">
+      <c r="A2540" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B2540" s="2">
+        <v>1026.268</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:3">
+      <c r="A2541" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B2541" s="2">
+        <v>1026.261</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:3">
+      <c r="A2542" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B2542" s="2">
+        <v>1026.01</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:3">
+      <c r="A2543" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B2543" s="2">
+        <v>1026.461</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:3">
+      <c r="A2544" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B2544" s="2">
+        <v>1026.523</v>
+      </c>
+    </row>
+    <row r="2545" spans="1:3">
+      <c r="A2545" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B2545" s="2">
+        <v>1026.446</v>
+      </c>
+    </row>
+    <row r="2546" spans="1:3">
+      <c r="A2546" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B2546" s="2">
+        <v>1026.317</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">