--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPGGE3_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2547">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2583">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>31/03/2016</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>04/04/2016</t>
   </si>
   <si>
     <t>05/04/2016</t>
   </si>
   <si>
     <t>06/04/2016</t>
   </si>
   <si>
     <t>07/04/2016</t>
   </si>
   <si>
@@ -7653,50 +7653,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -8022,51 +8130,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2546"/>
+  <dimension ref="A1:C2582"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -28401,50 +28509,338 @@
         <v>1026.461</v>
       </c>
     </row>
     <row r="2544" spans="1:3">
       <c r="A2544" s="1" t="s">
         <v>2544</v>
       </c>
       <c r="B2544" s="2">
         <v>1026.523</v>
       </c>
     </row>
     <row r="2545" spans="1:3">
       <c r="A2545" s="1" t="s">
         <v>2545</v>
       </c>
       <c r="B2545" s="2">
         <v>1026.446</v>
       </c>
     </row>
     <row r="2546" spans="1:3">
       <c r="A2546" s="1" t="s">
         <v>2546</v>
       </c>
       <c r="B2546" s="2">
         <v>1026.317</v>
+      </c>
+    </row>
+    <row r="2547" spans="1:3">
+      <c r="A2547" s="1" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B2547" s="2">
+        <v>1026.175</v>
+      </c>
+    </row>
+    <row r="2548" spans="1:3">
+      <c r="A2548" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B2548" s="2">
+        <v>1026.66</v>
+      </c>
+    </row>
+    <row r="2549" spans="1:3">
+      <c r="A2549" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B2549" s="2">
+        <v>1026.832</v>
+      </c>
+    </row>
+    <row r="2550" spans="1:3">
+      <c r="A2550" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B2550" s="2">
+        <v>1027.348</v>
+      </c>
+    </row>
+    <row r="2551" spans="1:3">
+      <c r="A2551" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B2551" s="2">
+        <v>1027.767</v>
+      </c>
+    </row>
+    <row r="2552" spans="1:3">
+      <c r="A2552" s="1" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B2552" s="2">
+        <v>1027.728</v>
+      </c>
+    </row>
+    <row r="2553" spans="1:3">
+      <c r="A2553" s="1" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B2553" s="2">
+        <v>1027.227</v>
+      </c>
+    </row>
+    <row r="2554" spans="1:3">
+      <c r="A2554" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B2554" s="2">
+        <v>1027.231</v>
+      </c>
+    </row>
+    <row r="2555" spans="1:3">
+      <c r="A2555" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B2555" s="2">
+        <v>1027.653</v>
+      </c>
+    </row>
+    <row r="2556" spans="1:3">
+      <c r="A2556" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B2556" s="2">
+        <v>1027.925</v>
+      </c>
+    </row>
+    <row r="2557" spans="1:3">
+      <c r="A2557" s="1" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B2557" s="2">
+        <v>1028.053</v>
+      </c>
+    </row>
+    <row r="2558" spans="1:3">
+      <c r="A2558" s="1" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B2558" s="2">
+        <v>1028.286</v>
+      </c>
+    </row>
+    <row r="2559" spans="1:3">
+      <c r="A2559" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B2559" s="2">
+        <v>1028.599</v>
+      </c>
+    </row>
+    <row r="2560" spans="1:3">
+      <c r="A2560" s="1" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B2560" s="2">
+        <v>1028.627</v>
+      </c>
+    </row>
+    <row r="2561" spans="1:3">
+      <c r="A2561" s="1" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B2561" s="2">
+        <v>1028.96</v>
+      </c>
+    </row>
+    <row r="2562" spans="1:3">
+      <c r="A2562" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B2562" s="2">
+        <v>1029.278</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:3">
+      <c r="A2563" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B2563" s="2">
+        <v>1029.307</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:3">
+      <c r="A2564" s="1" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B2564" s="2">
+        <v>1029.49</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:3">
+      <c r="A2565" s="1" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B2565" s="2">
+        <v>1029.327</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:3">
+      <c r="A2566" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B2566" s="2">
+        <v>1029.515</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:3">
+      <c r="A2567" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B2567" s="2">
+        <v>1029.406</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:3">
+      <c r="A2568" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B2568" s="2">
+        <v>1029.851</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:3">
+      <c r="A2569" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B2569" s="2">
+        <v>1029.782</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:3">
+      <c r="A2570" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B2570" s="2">
+        <v>1029.869</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:3">
+      <c r="A2571" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B2571" s="2">
+        <v>1030.089</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:3">
+      <c r="A2572" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B2572" s="2">
+        <v>1030.655</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:3">
+      <c r="A2573" s="1" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B2573" s="2">
+        <v>1029.055</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:3">
+      <c r="A2574" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B2574" s="2">
+        <v>1026.993</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:3">
+      <c r="A2575" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B2575" s="2">
+        <v>1028.039</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:3">
+      <c r="A2576" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B2576" s="2">
+        <v>1025.939</v>
+      </c>
+    </row>
+    <row r="2577" spans="1:3">
+      <c r="A2577" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B2577" s="2">
+        <v>1024.706</v>
+      </c>
+    </row>
+    <row r="2578" spans="1:3">
+      <c r="A2578" s="1" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B2578" s="2">
+        <v>1023.889</v>
+      </c>
+    </row>
+    <row r="2579" spans="1:3">
+      <c r="A2579" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B2579" s="2">
+        <v>1026.194</v>
+      </c>
+    </row>
+    <row r="2580" spans="1:3">
+      <c r="A2580" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B2580" s="2">
+        <v>1023.473</v>
+      </c>
+    </row>
+    <row r="2581" spans="1:3">
+      <c r="A2581" s="1" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B2581" s="2">
+        <v>1022.941</v>
+      </c>
+    </row>
+    <row r="2582" spans="1:3">
+      <c r="A2582" s="1" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B2582" s="2">
+        <v>1022.524</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">