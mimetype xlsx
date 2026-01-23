--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPEMGH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2837">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2875">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>31/12/2014</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>02/01/2015</t>
   </si>
   <si>
     <t>05/01/2015</t>
   </si>
   <si>
     <t>06/01/2015</t>
   </si>
   <si>
     <t>07/01/2015</t>
   </si>
   <si>
@@ -8450,50 +8450,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -8523,50 +8538,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -8892,51 +9006,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2836"/>
+  <dimension ref="A1:C2874"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -31382,259 +31496,563 @@
       <c r="B2807" s="2">
         <v>1166.369</v>
       </c>
     </row>
     <row r="2808" spans="1:3">
       <c r="A2808" s="1" t="s">
         <v>2808</v>
       </c>
       <c r="B2808" s="2">
         <v>1168.453</v>
       </c>
     </row>
     <row r="2809" spans="1:3">
       <c r="A2809" s="1" t="s">
         <v>2809</v>
       </c>
       <c r="B2809" s="2">
         <v>1170.667</v>
       </c>
     </row>
     <row r="2810" spans="1:3">
       <c r="A2810" s="1" t="s">
         <v>2810</v>
       </c>
       <c r="B2810" s="2">
-        <v>1170.789</v>
+        <v>1170.79</v>
       </c>
     </row>
     <row r="2811" spans="1:3">
       <c r="A2811" s="1" t="s">
         <v>2811</v>
       </c>
       <c r="B2811" s="2">
         <v>1169.215</v>
       </c>
     </row>
     <row r="2812" spans="1:3">
       <c r="A2812" s="1" t="s">
         <v>2812</v>
       </c>
       <c r="B2812" s="2">
-        <v>1169.768</v>
+        <v>1169.031</v>
       </c>
     </row>
     <row r="2813" spans="1:3">
       <c r="A2813" s="1" t="s">
         <v>2813</v>
       </c>
       <c r="B2813" s="2">
-        <v>1168.994</v>
+        <v>1170.612</v>
       </c>
     </row>
     <row r="2814" spans="1:3">
       <c r="A2814" s="1" t="s">
         <v>2814</v>
       </c>
       <c r="B2814" s="2">
-        <v>1167.761</v>
+        <v>1171.479</v>
       </c>
     </row>
     <row r="2815" spans="1:3">
       <c r="A2815" s="1" t="s">
         <v>2815</v>
       </c>
       <c r="B2815" s="2">
-        <v>1165.519</v>
+        <v>1170.884</v>
       </c>
     </row>
     <row r="2816" spans="1:3">
       <c r="A2816" s="1" t="s">
         <v>2816</v>
       </c>
       <c r="B2816" s="2">
-        <v>1167.232</v>
+        <v>1169.372</v>
       </c>
     </row>
     <row r="2817" spans="1:3">
       <c r="A2817" s="1" t="s">
         <v>2817</v>
       </c>
       <c r="B2817" s="2">
-        <v>1165.98</v>
+        <v>1169.769</v>
       </c>
     </row>
     <row r="2818" spans="1:3">
       <c r="A2818" s="1" t="s">
         <v>2818</v>
       </c>
       <c r="B2818" s="2">
-        <v>1167.618</v>
+        <v>1168.994</v>
       </c>
     </row>
     <row r="2819" spans="1:3">
       <c r="A2819" s="1" t="s">
         <v>2819</v>
       </c>
       <c r="B2819" s="2">
-        <v>1167.277</v>
+        <v>1167.761</v>
       </c>
     </row>
     <row r="2820" spans="1:3">
       <c r="A2820" s="1" t="s">
         <v>2820</v>
       </c>
       <c r="B2820" s="2">
-        <v>1168.83</v>
+        <v>1165.519</v>
       </c>
     </row>
     <row r="2821" spans="1:3">
       <c r="A2821" s="1" t="s">
         <v>2821</v>
       </c>
       <c r="B2821" s="2">
-        <v>1167.449</v>
+        <v>1167.232</v>
       </c>
     </row>
     <row r="2822" spans="1:3">
       <c r="A2822" s="1" t="s">
         <v>2822</v>
       </c>
       <c r="B2822" s="2">
-        <v>1165.946</v>
+        <v>1165.98</v>
       </c>
     </row>
     <row r="2823" spans="1:3">
       <c r="A2823" s="1" t="s">
         <v>2823</v>
       </c>
       <c r="B2823" s="2">
-        <v>1166.755</v>
+        <v>1167.618</v>
       </c>
     </row>
     <row r="2824" spans="1:3">
       <c r="A2824" s="1" t="s">
         <v>2824</v>
       </c>
       <c r="B2824" s="2">
-        <v>1166.517</v>
+        <v>1167.277</v>
       </c>
     </row>
     <row r="2825" spans="1:3">
       <c r="A2825" s="1" t="s">
         <v>2825</v>
       </c>
       <c r="B2825" s="2">
-        <v>1165.952</v>
+        <v>1168.83</v>
       </c>
     </row>
     <row r="2826" spans="1:3">
       <c r="A2826" s="1" t="s">
         <v>2826</v>
       </c>
       <c r="B2826" s="2">
-        <v>1166.387</v>
+        <v>1167.449</v>
       </c>
     </row>
     <row r="2827" spans="1:3">
       <c r="A2827" s="1" t="s">
         <v>2827</v>
       </c>
       <c r="B2827" s="2">
-        <v>1166.98</v>
+        <v>1165.946</v>
       </c>
     </row>
     <row r="2828" spans="1:3">
       <c r="A2828" s="1" t="s">
         <v>2828</v>
       </c>
       <c r="B2828" s="2">
-        <v>1167.233</v>
+        <v>1166.755</v>
       </c>
     </row>
     <row r="2829" spans="1:3">
       <c r="A2829" s="1" t="s">
         <v>2829</v>
       </c>
       <c r="B2829" s="2">
-        <v>1168.138</v>
+        <v>1166.517</v>
       </c>
     </row>
     <row r="2830" spans="1:3">
       <c r="A2830" s="1" t="s">
         <v>2830</v>
       </c>
       <c r="B2830" s="2">
-        <v>1168.671</v>
+        <v>1165.952</v>
       </c>
     </row>
     <row r="2831" spans="1:3">
       <c r="A2831" s="1" t="s">
         <v>2831</v>
       </c>
       <c r="B2831" s="2">
-        <v>1169.02</v>
+        <v>1166.387</v>
       </c>
     </row>
     <row r="2832" spans="1:3">
       <c r="A2832" s="1" t="s">
         <v>2832</v>
       </c>
       <c r="B2832" s="2">
-        <v>1169.287</v>
+        <v>1166.98</v>
       </c>
     </row>
     <row r="2833" spans="1:3">
       <c r="A2833" s="1" t="s">
         <v>2833</v>
       </c>
       <c r="B2833" s="2">
-        <v>1174.886</v>
+        <v>1167.233</v>
       </c>
     </row>
     <row r="2834" spans="1:3">
       <c r="A2834" s="1" t="s">
         <v>2834</v>
       </c>
       <c r="B2834" s="2">
-        <v>1166.651</v>
+        <v>1168.138</v>
       </c>
     </row>
     <row r="2835" spans="1:3">
       <c r="A2835" s="1" t="s">
         <v>2835</v>
       </c>
       <c r="B2835" s="2">
-        <v>1168.66</v>
+        <v>1168.671</v>
       </c>
     </row>
     <row r="2836" spans="1:3">
       <c r="A2836" s="1" t="s">
         <v>2836</v>
       </c>
       <c r="B2836" s="2">
+        <v>1169.02</v>
+      </c>
+    </row>
+    <row r="2837" spans="1:3">
+      <c r="A2837" s="1" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B2837" s="2">
+        <v>1169.287</v>
+      </c>
+    </row>
+    <row r="2838" spans="1:3">
+      <c r="A2838" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B2838" s="2">
+        <v>1166.539</v>
+      </c>
+    </row>
+    <row r="2839" spans="1:3">
+      <c r="A2839" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B2839" s="2">
+        <v>1166.651</v>
+      </c>
+    </row>
+    <row r="2840" spans="1:3">
+      <c r="A2840" s="1" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B2840" s="2">
+        <v>1168.66</v>
+      </c>
+    </row>
+    <row r="2841" spans="1:3">
+      <c r="A2841" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B2841" s="2">
         <v>1167.55</v>
+      </c>
+    </row>
+    <row r="2842" spans="1:3">
+      <c r="A2842" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B2842" s="2">
+        <v>1166.505</v>
+      </c>
+    </row>
+    <row r="2843" spans="1:3">
+      <c r="A2843" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B2843" s="2">
+        <v>1162.993</v>
+      </c>
+    </row>
+    <row r="2844" spans="1:3">
+      <c r="A2844" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B2844" s="2">
+        <v>1162.308</v>
+      </c>
+    </row>
+    <row r="2845" spans="1:3">
+      <c r="A2845" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B2845" s="2">
+        <v>1161.048</v>
+      </c>
+    </row>
+    <row r="2846" spans="1:3">
+      <c r="A2846" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B2846" s="2">
+        <v>1163.123</v>
+      </c>
+    </row>
+    <row r="2847" spans="1:3">
+      <c r="A2847" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B2847" s="2">
+        <v>1161.996</v>
+      </c>
+    </row>
+    <row r="2848" spans="1:3">
+      <c r="A2848" s="1" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B2848" s="2">
+        <v>1163.671</v>
+      </c>
+    </row>
+    <row r="2849" spans="1:3">
+      <c r="A2849" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B2849" s="2">
+        <v>1163.783</v>
+      </c>
+    </row>
+    <row r="2850" spans="1:3">
+      <c r="A2850" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B2850" s="2">
+        <v>1163.237</v>
+      </c>
+    </row>
+    <row r="2851" spans="1:3">
+      <c r="A2851" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B2851" s="2">
+        <v>1164.426</v>
+      </c>
+    </row>
+    <row r="2852" spans="1:3">
+      <c r="A2852" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B2852" s="2">
+        <v>1164.459</v>
+      </c>
+    </row>
+    <row r="2853" spans="1:3">
+      <c r="A2853" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B2853" s="2">
+        <v>1164.014</v>
+      </c>
+    </row>
+    <row r="2854" spans="1:3">
+      <c r="A2854" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B2854" s="2">
+        <v>1165.224</v>
+      </c>
+    </row>
+    <row r="2855" spans="1:3">
+      <c r="A2855" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B2855" s="2">
+        <v>1165.821</v>
+      </c>
+    </row>
+    <row r="2856" spans="1:3">
+      <c r="A2856" s="1" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B2856" s="2">
+        <v>1166.311</v>
+      </c>
+    </row>
+    <row r="2857" spans="1:3">
+      <c r="A2857" s="1" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B2857" s="2">
+        <v>1167.238</v>
+      </c>
+    </row>
+    <row r="2858" spans="1:3">
+      <c r="A2858" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B2858" s="2">
+        <v>1166.918</v>
+      </c>
+    </row>
+    <row r="2859" spans="1:3">
+      <c r="A2859" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="B2859" s="2">
+        <v>1166.632</v>
+      </c>
+    </row>
+    <row r="2860" spans="1:3">
+      <c r="A2860" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B2860" s="2">
+        <v>1165.626</v>
+      </c>
+    </row>
+    <row r="2861" spans="1:3">
+      <c r="A2861" s="1" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B2861" s="2">
+        <v>1166.221</v>
+      </c>
+    </row>
+    <row r="2862" spans="1:3">
+      <c r="A2862" s="1" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B2862" s="2">
+        <v>1166.155</v>
+      </c>
+    </row>
+    <row r="2863" spans="1:3">
+      <c r="A2863" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B2863" s="2">
+        <v>1167.337</v>
+      </c>
+    </row>
+    <row r="2864" spans="1:3">
+      <c r="A2864" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B2864" s="2">
+        <v>1165.553</v>
+      </c>
+    </row>
+    <row r="2865" spans="1:3">
+      <c r="A2865" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B2865" s="2">
+        <v>1166.354</v>
+      </c>
+    </row>
+    <row r="2866" spans="1:3">
+      <c r="A2866" s="1" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B2866" s="2">
+        <v>1166.36</v>
+      </c>
+    </row>
+    <row r="2867" spans="1:3">
+      <c r="A2867" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B2867" s="2">
+        <v>1166.611</v>
+      </c>
+    </row>
+    <row r="2868" spans="1:3">
+      <c r="A2868" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B2868" s="2">
+        <v>1167.865</v>
+      </c>
+    </row>
+    <row r="2869" spans="1:3">
+      <c r="A2869" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B2869" s="2">
+        <v>1169.219</v>
+      </c>
+    </row>
+    <row r="2870" spans="1:3">
+      <c r="A2870" s="1" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B2870" s="2">
+        <v>1168.135</v>
+      </c>
+    </row>
+    <row r="2871" spans="1:3">
+      <c r="A2871" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B2871" s="2">
+        <v>1167.735</v>
+      </c>
+    </row>
+    <row r="2872" spans="1:3">
+      <c r="A2872" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B2872" s="2">
+        <v>1164.741</v>
+      </c>
+    </row>
+    <row r="2873" spans="1:3">
+      <c r="A2873" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B2873" s="2">
+        <v>1166.494</v>
+      </c>
+    </row>
+    <row r="2874" spans="1:3">
+      <c r="A2874" s="1" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B2874" s="2">
+        <v>1168.409</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">