--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPEMGH_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2875">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2911">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>31/12/2014</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>02/01/2015</t>
   </si>
   <si>
     <t>05/01/2015</t>
   </si>
   <si>
     <t>06/01/2015</t>
   </si>
   <si>
     <t>07/01/2015</t>
   </si>
   <si>
@@ -8637,50 +8637,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -9006,51 +9114,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C2874"/>
+  <dimension ref="A1:C2910"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -32009,50 +32117,338 @@
         <v>1167.735</v>
       </c>
     </row>
     <row r="2872" spans="1:3">
       <c r="A2872" s="1" t="s">
         <v>2872</v>
       </c>
       <c r="B2872" s="2">
         <v>1164.741</v>
       </c>
     </row>
     <row r="2873" spans="1:3">
       <c r="A2873" s="1" t="s">
         <v>2873</v>
       </c>
       <c r="B2873" s="2">
         <v>1166.494</v>
       </c>
     </row>
     <row r="2874" spans="1:3">
       <c r="A2874" s="1" t="s">
         <v>2874</v>
       </c>
       <c r="B2874" s="2">
         <v>1168.409</v>
+      </c>
+    </row>
+    <row r="2875" spans="1:3">
+      <c r="A2875" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B2875" s="2">
+        <v>1168.989</v>
+      </c>
+    </row>
+    <row r="2876" spans="1:3">
+      <c r="A2876" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B2876" s="2">
+        <v>1170.756</v>
+      </c>
+    </row>
+    <row r="2877" spans="1:3">
+      <c r="A2877" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B2877" s="2">
+        <v>1170.17</v>
+      </c>
+    </row>
+    <row r="2878" spans="1:3">
+      <c r="A2878" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B2878" s="2">
+        <v>1170.462</v>
+      </c>
+    </row>
+    <row r="2879" spans="1:3">
+      <c r="A2879" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B2879" s="2">
+        <v>1170.704</v>
+      </c>
+    </row>
+    <row r="2880" spans="1:3">
+      <c r="A2880" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="B2880" s="2">
+        <v>1172.088</v>
+      </c>
+    </row>
+    <row r="2881" spans="1:3">
+      <c r="A2881" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B2881" s="2">
+        <v>1170.486</v>
+      </c>
+    </row>
+    <row r="2882" spans="1:3">
+      <c r="A2882" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B2882" s="2">
+        <v>1170.358</v>
+      </c>
+    </row>
+    <row r="2883" spans="1:3">
+      <c r="A2883" s="1" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B2883" s="2">
+        <v>1171.084</v>
+      </c>
+    </row>
+    <row r="2884" spans="1:3">
+      <c r="A2884" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B2884" s="2">
+        <v>1173.085</v>
+      </c>
+    </row>
+    <row r="2885" spans="1:3">
+      <c r="A2885" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B2885" s="2">
+        <v>1173.916</v>
+      </c>
+    </row>
+    <row r="2886" spans="1:3">
+      <c r="A2886" s="1" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B2886" s="2">
+        <v>1174.907</v>
+      </c>
+    </row>
+    <row r="2887" spans="1:3">
+      <c r="A2887" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B2887" s="2">
+        <v>1178.446</v>
+      </c>
+    </row>
+    <row r="2888" spans="1:3">
+      <c r="A2888" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B2888" s="2">
+        <v>1177.204</v>
+      </c>
+    </row>
+    <row r="2889" spans="1:3">
+      <c r="A2889" s="1" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B2889" s="2">
+        <v>1180.276</v>
+      </c>
+    </row>
+    <row r="2890" spans="1:3">
+      <c r="A2890" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B2890" s="2">
+        <v>1181.451</v>
+      </c>
+    </row>
+    <row r="2891" spans="1:3">
+      <c r="A2891" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B2891" s="2">
+        <v>1182.117</v>
+      </c>
+    </row>
+    <row r="2892" spans="1:3">
+      <c r="A2892" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B2892" s="2">
+        <v>1183.294</v>
+      </c>
+    </row>
+    <row r="2893" spans="1:3">
+      <c r="A2893" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B2893" s="2">
+        <v>1183.077</v>
+      </c>
+    </row>
+    <row r="2894" spans="1:3">
+      <c r="A2894" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B2894" s="2">
+        <v>1183.141</v>
+      </c>
+    </row>
+    <row r="2895" spans="1:3">
+      <c r="A2895" s="1" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B2895" s="2">
+        <v>1183.46</v>
+      </c>
+    </row>
+    <row r="2896" spans="1:3">
+      <c r="A2896" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B2896" s="2">
+        <v>1185.346</v>
+      </c>
+    </row>
+    <row r="2897" spans="1:3">
+      <c r="A2897" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="B2897" s="2">
+        <v>1185.833</v>
+      </c>
+    </row>
+    <row r="2898" spans="1:3">
+      <c r="A2898" s="1" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B2898" s="2">
+        <v>1186.281</v>
+      </c>
+    </row>
+    <row r="2899" spans="1:3">
+      <c r="A2899" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B2899" s="2">
+        <v>1186.688</v>
+      </c>
+    </row>
+    <row r="2900" spans="1:3">
+      <c r="A2900" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="B2900" s="2">
+        <v>1187.454</v>
+      </c>
+    </row>
+    <row r="2901" spans="1:3">
+      <c r="A2901" s="1" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B2901" s="2">
+        <v>1182.761</v>
+      </c>
+    </row>
+    <row r="2902" spans="1:3">
+      <c r="A2902" s="1" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B2902" s="2">
+        <v>1176.139</v>
+      </c>
+    </row>
+    <row r="2903" spans="1:3">
+      <c r="A2903" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B2903" s="2">
+        <v>1179.728</v>
+      </c>
+    </row>
+    <row r="2904" spans="1:3">
+      <c r="A2904" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B2904" s="2">
+        <v>1176.19</v>
+      </c>
+    </row>
+    <row r="2905" spans="1:3">
+      <c r="A2905" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B2905" s="2">
+        <v>1172.663</v>
+      </c>
+    </row>
+    <row r="2906" spans="1:3">
+      <c r="A2906" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B2906" s="2">
+        <v>1169.175</v>
+      </c>
+    </row>
+    <row r="2907" spans="1:3">
+      <c r="A2907" s="1" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B2907" s="2">
+        <v>1174.715</v>
+      </c>
+    </row>
+    <row r="2908" spans="1:3">
+      <c r="A2908" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B2908" s="2">
+        <v>1169.595</v>
+      </c>
+    </row>
+    <row r="2909" spans="1:3">
+      <c r="A2909" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="B2909" s="2">
+        <v>1166.38</v>
+      </c>
+    </row>
+    <row r="2910" spans="1:3">
+      <c r="A2910" s="1" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B2910" s="2">
+        <v>1162.785</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">