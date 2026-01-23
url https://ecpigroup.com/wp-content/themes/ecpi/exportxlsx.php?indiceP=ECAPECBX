--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPECBX_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3817">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3855">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>28/02/2011</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>02/03/2011</t>
   </si>
   <si>
     <t>03/03/2011</t>
   </si>
   <si>
     <t>04/03/2011</t>
   </si>
   <si>
     <t>07/03/2011</t>
   </si>
   <si>
@@ -11390,50 +11390,65 @@
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
@@ -11463,50 +11478,149 @@
     <t>24/11/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
     <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>24/12/2025</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -11832,51 +11946,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3816"/>
+  <dimension ref="A1:C3854"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -42170,251 +42284,555 @@
       <c r="B3788" s="2">
         <v>1391.242</v>
       </c>
     </row>
     <row r="3789" spans="1:3">
       <c r="A3789" s="1" t="s">
         <v>3789</v>
       </c>
       <c r="B3789" s="2">
         <v>1388.01</v>
       </c>
     </row>
     <row r="3790" spans="1:3">
       <c r="A3790" s="1" t="s">
         <v>3790</v>
       </c>
       <c r="B3790" s="2">
         <v>1389.093</v>
       </c>
     </row>
     <row r="3791" spans="1:3">
       <c r="A3791" s="1" t="s">
         <v>3791</v>
       </c>
       <c r="B3791" s="2">
-        <v>1388.733</v>
+        <v>1388.734</v>
       </c>
     </row>
     <row r="3792" spans="1:3">
       <c r="A3792" s="1" t="s">
         <v>3792</v>
       </c>
       <c r="B3792" s="2">
-        <v>1388.793</v>
+        <v>1386.684</v>
       </c>
     </row>
     <row r="3793" spans="1:3">
       <c r="A3793" s="1" t="s">
         <v>3793</v>
       </c>
       <c r="B3793" s="2">
-        <v>1386.104</v>
+        <v>1388.818</v>
       </c>
     </row>
     <row r="3794" spans="1:3">
       <c r="A3794" s="1" t="s">
         <v>3794</v>
       </c>
       <c r="B3794" s="2">
-        <v>1385.828</v>
+        <v>1389.426</v>
       </c>
     </row>
     <row r="3795" spans="1:3">
       <c r="A3795" s="1" t="s">
         <v>3795</v>
       </c>
       <c r="B3795" s="2">
-        <v>1384.815</v>
+        <v>1389.519</v>
       </c>
     </row>
     <row r="3796" spans="1:3">
       <c r="A3796" s="1" t="s">
         <v>3796</v>
       </c>
       <c r="B3796" s="2">
-        <v>1385.154</v>
+        <v>1388.413</v>
       </c>
     </row>
     <row r="3797" spans="1:3">
       <c r="A3797" s="1" t="s">
         <v>3797</v>
       </c>
       <c r="B3797" s="2">
-        <v>1381.983</v>
+        <v>1388.794</v>
       </c>
     </row>
     <row r="3798" spans="1:3">
       <c r="A3798" s="1" t="s">
         <v>3798</v>
       </c>
       <c r="B3798" s="2">
-        <v>1383.786</v>
+        <v>1386.104</v>
       </c>
     </row>
     <row r="3799" spans="1:3">
       <c r="A3799" s="1" t="s">
         <v>3799</v>
       </c>
       <c r="B3799" s="2">
-        <v>1383.978</v>
+        <v>1385.828</v>
       </c>
     </row>
     <row r="3800" spans="1:3">
       <c r="A3800" s="1" t="s">
         <v>3800</v>
       </c>
       <c r="B3800" s="2">
-        <v>1384.73</v>
+        <v>1384.815</v>
       </c>
     </row>
     <row r="3801" spans="1:3">
       <c r="A3801" s="1" t="s">
         <v>3801</v>
       </c>
       <c r="B3801" s="2">
-        <v>1382.369</v>
+        <v>1385.154</v>
       </c>
     </row>
     <row r="3802" spans="1:3">
       <c r="A3802" s="1" t="s">
         <v>3802</v>
       </c>
       <c r="B3802" s="2">
-        <v>1381.058</v>
+        <v>1381.983</v>
       </c>
     </row>
     <row r="3803" spans="1:3">
       <c r="A3803" s="1" t="s">
         <v>3803</v>
       </c>
       <c r="B3803" s="2">
-        <v>1380.783</v>
+        <v>1383.786</v>
       </c>
     </row>
     <row r="3804" spans="1:3">
       <c r="A3804" s="1" t="s">
         <v>3804</v>
       </c>
       <c r="B3804" s="2">
-        <v>1381.492</v>
+        <v>1383.978</v>
       </c>
     </row>
     <row r="3805" spans="1:3">
       <c r="A3805" s="1" t="s">
         <v>3805</v>
       </c>
       <c r="B3805" s="2">
-        <v>1381.388</v>
+        <v>1384.73</v>
       </c>
     </row>
     <row r="3806" spans="1:3">
       <c r="A3806" s="1" t="s">
         <v>3806</v>
       </c>
       <c r="B3806" s="2">
-        <v>1381.475</v>
+        <v>1382.369</v>
       </c>
     </row>
     <row r="3807" spans="1:3">
       <c r="A3807" s="1" t="s">
         <v>3807</v>
       </c>
       <c r="B3807" s="2">
-        <v>1382.171</v>
+        <v>1381.058</v>
       </c>
     </row>
     <row r="3808" spans="1:3">
       <c r="A3808" s="1" t="s">
         <v>3808</v>
       </c>
       <c r="B3808" s="2">
-        <v>1381.552</v>
+        <v>1380.783</v>
       </c>
     </row>
     <row r="3809" spans="1:3">
       <c r="A3809" s="1" t="s">
         <v>3809</v>
       </c>
       <c r="B3809" s="2">
-        <v>1383.74</v>
+        <v>1381.492</v>
       </c>
     </row>
     <row r="3810" spans="1:3">
       <c r="A3810" s="1" t="s">
         <v>3810</v>
       </c>
       <c r="B3810" s="2">
-        <v>1383.926</v>
+        <v>1381.388</v>
       </c>
     </row>
     <row r="3811" spans="1:3">
       <c r="A3811" s="1" t="s">
         <v>3811</v>
       </c>
       <c r="B3811" s="2">
-        <v>1384.619</v>
+        <v>1381.475</v>
       </c>
     </row>
     <row r="3812" spans="1:3">
       <c r="A3812" s="1" t="s">
         <v>3812</v>
       </c>
       <c r="B3812" s="2">
-        <v>1384.374</v>
+        <v>1382.171</v>
       </c>
     </row>
     <row r="3813" spans="1:3">
       <c r="A3813" s="1" t="s">
         <v>3813</v>
       </c>
       <c r="B3813" s="2">
-        <v>1431.104</v>
+        <v>1381.552</v>
       </c>
     </row>
     <row r="3814" spans="1:3">
       <c r="A3814" s="1" t="s">
         <v>3814</v>
       </c>
       <c r="B3814" s="2">
-        <v>1382.193</v>
+        <v>1383.74</v>
       </c>
     </row>
     <row r="3815" spans="1:3">
       <c r="A3815" s="1" t="s">
         <v>3815</v>
       </c>
       <c r="B3815" s="2">
-        <v>1383.37</v>
+        <v>1383.926</v>
       </c>
     </row>
     <row r="3816" spans="1:3">
       <c r="A3816" s="1" t="s">
         <v>3816</v>
       </c>
       <c r="B3816" s="2">
+        <v>1384.619</v>
+      </c>
+    </row>
+    <row r="3817" spans="1:3">
+      <c r="A3817" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="B3817" s="2">
+        <v>1384.374</v>
+      </c>
+    </row>
+    <row r="3818" spans="1:3">
+      <c r="A3818" s="1" t="s">
+        <v>3818</v>
+      </c>
+      <c r="B3818" s="2">
+        <v>1381.678</v>
+      </c>
+    </row>
+    <row r="3819" spans="1:3">
+      <c r="A3819" s="1" t="s">
+        <v>3819</v>
+      </c>
+      <c r="B3819" s="2">
+        <v>1382.194</v>
+      </c>
+    </row>
+    <row r="3820" spans="1:3">
+      <c r="A3820" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B3820" s="2">
+        <v>1383.37</v>
+      </c>
+    </row>
+    <row r="3821" spans="1:3">
+      <c r="A3821" s="1" t="s">
+        <v>3821</v>
+      </c>
+      <c r="B3821" s="2">
         <v>1383.308</v>
+      </c>
+    </row>
+    <row r="3822" spans="1:3">
+      <c r="A3822" s="1" t="s">
+        <v>3822</v>
+      </c>
+      <c r="B3822" s="2">
+        <v>1382.588</v>
+      </c>
+    </row>
+    <row r="3823" spans="1:3">
+      <c r="A3823" s="1" t="s">
+        <v>3823</v>
+      </c>
+      <c r="B3823" s="2">
+        <v>1377.414</v>
+      </c>
+    </row>
+    <row r="3824" spans="1:3">
+      <c r="A3824" s="1" t="s">
+        <v>3824</v>
+      </c>
+      <c r="B3824" s="2">
+        <v>1378.975</v>
+      </c>
+    </row>
+    <row r="3825" spans="1:3">
+      <c r="A3825" s="1" t="s">
+        <v>3825</v>
+      </c>
+      <c r="B3825" s="2">
+        <v>1376.32</v>
+      </c>
+    </row>
+    <row r="3826" spans="1:3">
+      <c r="A3826" s="1" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B3826" s="2">
+        <v>1379.66</v>
+      </c>
+    </row>
+    <row r="3827" spans="1:3">
+      <c r="A3827" s="1" t="s">
+        <v>3827</v>
+      </c>
+      <c r="B3827" s="2">
+        <v>1377.89</v>
+      </c>
+    </row>
+    <row r="3828" spans="1:3">
+      <c r="A3828" s="1" t="s">
+        <v>3828</v>
+      </c>
+      <c r="B3828" s="2">
+        <v>1379.127</v>
+      </c>
+    </row>
+    <row r="3829" spans="1:3">
+      <c r="A3829" s="1" t="s">
+        <v>3829</v>
+      </c>
+      <c r="B3829" s="2">
+        <v>1378.767</v>
+      </c>
+    </row>
+    <row r="3830" spans="1:3">
+      <c r="A3830" s="1" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B3830" s="2">
+        <v>1379.052</v>
+      </c>
+    </row>
+    <row r="3831" spans="1:3">
+      <c r="A3831" s="1" t="s">
+        <v>3831</v>
+      </c>
+      <c r="B3831" s="2">
+        <v>1379.076</v>
+      </c>
+    </row>
+    <row r="3832" spans="1:3">
+      <c r="A3832" s="1" t="s">
+        <v>3832</v>
+      </c>
+      <c r="B3832" s="2">
+        <v>1378.176</v>
+      </c>
+    </row>
+    <row r="3833" spans="1:3">
+      <c r="A3833" s="1" t="s">
+        <v>3833</v>
+      </c>
+      <c r="B3833" s="2">
+        <v>1376.378</v>
+      </c>
+    </row>
+    <row r="3834" spans="1:3">
+      <c r="A3834" s="1" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B3834" s="2">
+        <v>1380.039</v>
+      </c>
+    </row>
+    <row r="3835" spans="1:3">
+      <c r="A3835" s="1" t="s">
+        <v>3835</v>
+      </c>
+      <c r="B3835" s="2">
+        <v>1379.577</v>
+      </c>
+    </row>
+    <row r="3836" spans="1:3">
+      <c r="A3836" s="1" t="s">
+        <v>3836</v>
+      </c>
+      <c r="B3836" s="2">
+        <v>1379.775</v>
+      </c>
+    </row>
+    <row r="3837" spans="1:3">
+      <c r="A3837" s="1" t="s">
+        <v>3837</v>
+      </c>
+      <c r="B3837" s="2">
+        <v>1381.711</v>
+      </c>
+    </row>
+    <row r="3838" spans="1:3">
+      <c r="A3838" s="1" t="s">
+        <v>3838</v>
+      </c>
+      <c r="B3838" s="2">
+        <v>1380.537</v>
+      </c>
+    </row>
+    <row r="3839" spans="1:3">
+      <c r="A3839" s="1" t="s">
+        <v>3839</v>
+      </c>
+      <c r="B3839" s="2">
+        <v>1380.673</v>
+      </c>
+    </row>
+    <row r="3840" spans="1:3">
+      <c r="A3840" s="1" t="s">
+        <v>3840</v>
+      </c>
+      <c r="B3840" s="2">
+        <v>1379.112</v>
+      </c>
+    </row>
+    <row r="3841" spans="1:3">
+      <c r="A3841" s="1" t="s">
+        <v>3841</v>
+      </c>
+      <c r="B3841" s="2">
+        <v>1380.741</v>
+      </c>
+    </row>
+    <row r="3842" spans="1:3">
+      <c r="A3842" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B3842" s="2">
+        <v>1382.881</v>
+      </c>
+    </row>
+    <row r="3843" spans="1:3">
+      <c r="A3843" s="1" t="s">
+        <v>3843</v>
+      </c>
+      <c r="B3843" s="2">
+        <v>1385.632</v>
+      </c>
+    </row>
+    <row r="3844" spans="1:3">
+      <c r="A3844" s="1" t="s">
+        <v>3844</v>
+      </c>
+      <c r="B3844" s="2">
+        <v>1384.042</v>
+      </c>
+    </row>
+    <row r="3845" spans="1:3">
+      <c r="A3845" s="1" t="s">
+        <v>3845</v>
+      </c>
+      <c r="B3845" s="2">
+        <v>1384.819</v>
+      </c>
+    </row>
+    <row r="3846" spans="1:3">
+      <c r="A3846" s="1" t="s">
+        <v>3846</v>
+      </c>
+      <c r="B3846" s="2">
+        <v>1385.861</v>
+      </c>
+    </row>
+    <row r="3847" spans="1:3">
+      <c r="A3847" s="1" t="s">
+        <v>3847</v>
+      </c>
+      <c r="B3847" s="2">
+        <v>1385.874</v>
+      </c>
+    </row>
+    <row r="3848" spans="1:3">
+      <c r="A3848" s="1" t="s">
+        <v>3848</v>
+      </c>
+      <c r="B3848" s="2">
+        <v>1388.009</v>
+      </c>
+    </row>
+    <row r="3849" spans="1:3">
+      <c r="A3849" s="1" t="s">
+        <v>3849</v>
+      </c>
+      <c r="B3849" s="2">
+        <v>1388.017</v>
+      </c>
+    </row>
+    <row r="3850" spans="1:3">
+      <c r="A3850" s="1" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B3850" s="2">
+        <v>1386.484</v>
+      </c>
+    </row>
+    <row r="3851" spans="1:3">
+      <c r="A3851" s="1" t="s">
+        <v>3851</v>
+      </c>
+      <c r="B3851" s="2">
+        <v>1386.946</v>
+      </c>
+    </row>
+    <row r="3852" spans="1:3">
+      <c r="A3852" s="1" t="s">
+        <v>3852</v>
+      </c>
+      <c r="B3852" s="2">
+        <v>1384.636</v>
+      </c>
+    </row>
+    <row r="3853" spans="1:3">
+      <c r="A3853" s="1" t="s">
+        <v>3853</v>
+      </c>
+      <c r="B3853" s="2">
+        <v>1385.233</v>
+      </c>
+    </row>
+    <row r="3854" spans="1:3">
+      <c r="A3854" s="1" t="s">
+        <v>3854</v>
+      </c>
+      <c r="B3854" s="2">
+        <v>1386.467</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">