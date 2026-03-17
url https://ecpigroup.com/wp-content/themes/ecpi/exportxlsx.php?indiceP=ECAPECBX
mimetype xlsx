--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ECAPECBX_Levels" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3855">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3891">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL RETURN</t>
   </si>
   <si>
     <t>28/02/2011</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>02/03/2011</t>
   </si>
   <si>
     <t>03/03/2011</t>
   </si>
   <si>
     <t>04/03/2011</t>
   </si>
   <si>
     <t>07/03/2011</t>
   </si>
   <si>
@@ -11577,50 +11577,158 @@
     <t>12/01/2026</t>
   </si>
   <si>
     <t>13/01/2026</t>
   </si>
   <si>
     <t>14/01/2026</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -11946,51 +12054,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C3854"/>
+  <dimension ref="A1:C3890"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="1"/>
     <col min="2" max="2" width="18" customWidth="true" style="2"/>
     <col min="3" max="3" width="18" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2">
@@ -42789,50 +42897,338 @@
         <v>1386.946</v>
       </c>
     </row>
     <row r="3852" spans="1:3">
       <c r="A3852" s="1" t="s">
         <v>3852</v>
       </c>
       <c r="B3852" s="2">
         <v>1384.636</v>
       </c>
     </row>
     <row r="3853" spans="1:3">
       <c r="A3853" s="1" t="s">
         <v>3853</v>
       </c>
       <c r="B3853" s="2">
         <v>1385.233</v>
       </c>
     </row>
     <row r="3854" spans="1:3">
       <c r="A3854" s="1" t="s">
         <v>3854</v>
       </c>
       <c r="B3854" s="2">
         <v>1386.467</v>
+      </c>
+    </row>
+    <row r="3855" spans="1:3">
+      <c r="A3855" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="B3855" s="2">
+        <v>1385.327</v>
+      </c>
+    </row>
+    <row r="3856" spans="1:3">
+      <c r="A3856" s="1" t="s">
+        <v>3856</v>
+      </c>
+      <c r="B3856" s="2">
+        <v>1388.614</v>
+      </c>
+    </row>
+    <row r="3857" spans="1:3">
+      <c r="A3857" s="1" t="s">
+        <v>3857</v>
+      </c>
+      <c r="B3857" s="2">
+        <v>1386.924</v>
+      </c>
+    </row>
+    <row r="3858" spans="1:3">
+      <c r="A3858" s="1" t="s">
+        <v>3858</v>
+      </c>
+      <c r="B3858" s="2">
+        <v>1391.275</v>
+      </c>
+    </row>
+    <row r="3859" spans="1:3">
+      <c r="A3859" s="1" t="s">
+        <v>3859</v>
+      </c>
+      <c r="B3859" s="2">
+        <v>1389.909</v>
+      </c>
+    </row>
+    <row r="3860" spans="1:3">
+      <c r="A3860" s="1" t="s">
+        <v>3860</v>
+      </c>
+      <c r="B3860" s="2">
+        <v>1393.235</v>
+      </c>
+    </row>
+    <row r="3861" spans="1:3">
+      <c r="A3861" s="1" t="s">
+        <v>3861</v>
+      </c>
+      <c r="B3861" s="2">
+        <v>1390.211</v>
+      </c>
+    </row>
+    <row r="3862" spans="1:3">
+      <c r="A3862" s="1" t="s">
+        <v>3862</v>
+      </c>
+      <c r="B3862" s="2">
+        <v>1391.121</v>
+      </c>
+    </row>
+    <row r="3863" spans="1:3">
+      <c r="A3863" s="1" t="s">
+        <v>3863</v>
+      </c>
+      <c r="B3863" s="2">
+        <v>1391.427</v>
+      </c>
+    </row>
+    <row r="3864" spans="1:3">
+      <c r="A3864" s="1" t="s">
+        <v>3864</v>
+      </c>
+      <c r="B3864" s="2">
+        <v>1391.481</v>
+      </c>
+    </row>
+    <row r="3865" spans="1:3">
+      <c r="A3865" s="1" t="s">
+        <v>3865</v>
+      </c>
+      <c r="B3865" s="2">
+        <v>1392.9</v>
+      </c>
+    </row>
+    <row r="3866" spans="1:3">
+      <c r="A3866" s="1" t="s">
+        <v>3866</v>
+      </c>
+      <c r="B3866" s="2">
+        <v>1392.842</v>
+      </c>
+    </row>
+    <row r="3867" spans="1:3">
+      <c r="A3867" s="1" t="s">
+        <v>3867</v>
+      </c>
+      <c r="B3867" s="2">
+        <v>1394.619</v>
+      </c>
+    </row>
+    <row r="3868" spans="1:3">
+      <c r="A3868" s="1" t="s">
+        <v>3868</v>
+      </c>
+      <c r="B3868" s="2">
+        <v>1394.055</v>
+      </c>
+    </row>
+    <row r="3869" spans="1:3">
+      <c r="A3869" s="1" t="s">
+        <v>3869</v>
+      </c>
+      <c r="B3869" s="2">
+        <v>1398.065</v>
+      </c>
+    </row>
+    <row r="3870" spans="1:3">
+      <c r="A3870" s="1" t="s">
+        <v>3870</v>
+      </c>
+      <c r="B3870" s="2">
+        <v>1394.317</v>
+      </c>
+    </row>
+    <row r="3871" spans="1:3">
+      <c r="A3871" s="1" t="s">
+        <v>3871</v>
+      </c>
+      <c r="B3871" s="2">
+        <v>1396.344</v>
+      </c>
+    </row>
+    <row r="3872" spans="1:3">
+      <c r="A3872" s="1" t="s">
+        <v>3872</v>
+      </c>
+      <c r="B3872" s="2">
+        <v>1396.715</v>
+      </c>
+    </row>
+    <row r="3873" spans="1:3">
+      <c r="A3873" s="1" t="s">
+        <v>3873</v>
+      </c>
+      <c r="B3873" s="2">
+        <v>1396.314</v>
+      </c>
+    </row>
+    <row r="3874" spans="1:3">
+      <c r="A3874" s="1" t="s">
+        <v>3874</v>
+      </c>
+      <c r="B3874" s="2">
+        <v>1397.207</v>
+      </c>
+    </row>
+    <row r="3875" spans="1:3">
+      <c r="A3875" s="1" t="s">
+        <v>3875</v>
+      </c>
+      <c r="B3875" s="2">
+        <v>1397.292</v>
+      </c>
+    </row>
+    <row r="3876" spans="1:3">
+      <c r="A3876" s="1" t="s">
+        <v>3876</v>
+      </c>
+      <c r="B3876" s="2">
+        <v>1398.369</v>
+      </c>
+    </row>
+    <row r="3877" spans="1:3">
+      <c r="A3877" s="1" t="s">
+        <v>3877</v>
+      </c>
+      <c r="B3877" s="2">
+        <v>1398.923</v>
+      </c>
+    </row>
+    <row r="3878" spans="1:3">
+      <c r="A3878" s="1" t="s">
+        <v>3878</v>
+      </c>
+      <c r="B3878" s="2">
+        <v>1398.358</v>
+      </c>
+    </row>
+    <row r="3879" spans="1:3">
+      <c r="A3879" s="1" t="s">
+        <v>3879</v>
+      </c>
+      <c r="B3879" s="2">
+        <v>1399.057</v>
+      </c>
+    </row>
+    <row r="3880" spans="1:3">
+      <c r="A3880" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="B3880" s="2">
+        <v>1400.239</v>
+      </c>
+    </row>
+    <row r="3881" spans="1:3">
+      <c r="A3881" s="1" t="s">
+        <v>3881</v>
+      </c>
+      <c r="B3881" s="2">
+        <v>1395.332</v>
+      </c>
+    </row>
+    <row r="3882" spans="1:3">
+      <c r="A3882" s="1" t="s">
+        <v>3882</v>
+      </c>
+      <c r="B3882" s="2">
+        <v>1388.315</v>
+      </c>
+    </row>
+    <row r="3883" spans="1:3">
+      <c r="A3883" s="1" t="s">
+        <v>3883</v>
+      </c>
+      <c r="B3883" s="2">
+        <v>1395.037</v>
+      </c>
+    </row>
+    <row r="3884" spans="1:3">
+      <c r="A3884" s="1" t="s">
+        <v>3884</v>
+      </c>
+      <c r="B3884" s="2">
+        <v>1388.04</v>
+      </c>
+    </row>
+    <row r="3885" spans="1:3">
+      <c r="A3885" s="1" t="s">
+        <v>3885</v>
+      </c>
+      <c r="B3885" s="2">
+        <v>1385.673</v>
+      </c>
+    </row>
+    <row r="3886" spans="1:3">
+      <c r="A3886" s="1" t="s">
+        <v>3886</v>
+      </c>
+      <c r="B3886" s="2">
+        <v>1381.036</v>
+      </c>
+    </row>
+    <row r="3887" spans="1:3">
+      <c r="A3887" s="1" t="s">
+        <v>3887</v>
+      </c>
+      <c r="B3887" s="2">
+        <v>1389.716</v>
+      </c>
+    </row>
+    <row r="3888" spans="1:3">
+      <c r="A3888" s="1" t="s">
+        <v>3888</v>
+      </c>
+      <c r="B3888" s="2">
+        <v>1379.584</v>
+      </c>
+    </row>
+    <row r="3889" spans="1:3">
+      <c r="A3889" s="1" t="s">
+        <v>3889</v>
+      </c>
+      <c r="B3889" s="2">
+        <v>1378.043</v>
+      </c>
+    </row>
+    <row r="3890" spans="1:3">
+      <c r="A3890" s="1" t="s">
+        <v>3890</v>
+      </c>
+      <c r="B3890" s="2">
+        <v>1374.008</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">